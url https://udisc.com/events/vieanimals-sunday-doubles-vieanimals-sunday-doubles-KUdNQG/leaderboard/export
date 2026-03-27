--- v0 (2026-01-12)
+++ v1 (2026-03-27)
@@ -551,51 +551,51 @@
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Max Burkett &amp; Grey Bush</v>
       </c>
       <c r="E2">
         <v>-14</v>
       </c>
       <c r="F2">
         <v>41</v>
       </c>
       <c r="H2" t="str">
-        <v>mbcic22,martypeters</v>
+        <v>plaidmax,martypeters</v>
       </c>
       <c r="I2">
         <v>-14</v>
       </c>
       <c r="J2">
         <v>41</v>
       </c>
       <c r="K2">
         <v>2</v>
       </c>
       <c r="L2">
         <v>2</v>
       </c>
       <c r="M2">
         <v>2</v>
       </c>
       <c r="N2">
         <v>2</v>
       </c>
       <c r="O2">
         <v>2</v>
       </c>
       <c r="P2">
         <v>2</v>
       </c>