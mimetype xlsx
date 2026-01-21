--- v0 (2025-12-16)
+++ v1 (2026-01-21)
@@ -4975,51 +4975,51 @@
       <c r="A52" t="str">
         <v>SINGLE</v>
       </c>
       <c r="B52" t="str">
         <v>T51</v>
       </c>
       <c r="C52">
         <v>51</v>
       </c>
       <c r="D52" t="str">
         <v>Lori Beierle</v>
       </c>
       <c r="E52">
         <v>12</v>
       </c>
       <c r="F52">
         <v>74</v>
       </c>
       <c r="G52">
         <v>1</v>
       </c>
       <c r="H52">
         <v>82950</v>
       </c>
       <c r="I52" t="str">
-        <v>lhpeace</v>
+        <v>stofferpeace</v>
       </c>
       <c r="J52">
         <v>12</v>
       </c>
       <c r="K52">
         <v>74</v>
       </c>
       <c r="L52">
         <v>4</v>
       </c>
       <c r="M52">
         <v>3</v>
       </c>
       <c r="N52">
         <v>5</v>
       </c>
       <c r="O52">
         <v>4</v>
       </c>
       <c r="P52">
         <v>5</v>
       </c>
       <c r="Q52">
         <v>4</v>
       </c>