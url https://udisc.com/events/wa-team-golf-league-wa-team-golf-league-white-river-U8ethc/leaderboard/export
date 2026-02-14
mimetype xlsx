--- v0 (2026-01-24)
+++ v1 (2026-02-14)
@@ -3106,51 +3106,51 @@
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>SINGLE</v>
       </c>
       <c r="B31" t="str">
         <v>T28</v>
       </c>
       <c r="C31">
         <v>28</v>
       </c>
       <c r="D31" t="str">
         <v xml:space="preserve">Turis Corning </v>
       </c>
       <c r="E31">
         <v>3</v>
       </c>
       <c r="F31">
         <v>59</v>
       </c>
       <c r="G31">
         <v>1</v>
       </c>
       <c r="I31" t="str">
-        <v>turisisthebest</v>
+        <v>snapercat</v>
       </c>
       <c r="J31">
         <v>3</v>
       </c>
       <c r="K31">
         <v>59</v>
       </c>
       <c r="L31">
         <v>3</v>
       </c>
       <c r="M31">
         <v>3</v>
       </c>
       <c r="N31">
         <v>3</v>
       </c>
       <c r="O31">
         <v>3</v>
       </c>
       <c r="P31">
         <v>3</v>
       </c>
       <c r="Q31">
         <v>4</v>
       </c>