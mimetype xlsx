--- v0 (2025-12-16)
+++ v1 (2026-01-31)
@@ -3121,51 +3121,51 @@
       <c r="A31" t="str">
         <v>SINGLE</v>
       </c>
       <c r="B31" t="str">
         <v>T30</v>
       </c>
       <c r="C31">
         <v>30</v>
       </c>
       <c r="D31" t="str">
         <v>Lori Beierle</v>
       </c>
       <c r="E31">
         <v>3</v>
       </c>
       <c r="F31">
         <v>57</v>
       </c>
       <c r="G31">
         <v>2</v>
       </c>
       <c r="H31">
         <v>82950</v>
       </c>
       <c r="I31" t="str">
-        <v>lhpeace</v>
+        <v>stofferpeace</v>
       </c>
       <c r="J31">
         <v>3</v>
       </c>
       <c r="K31">
         <v>57</v>
       </c>
       <c r="L31">
         <v>4</v>
       </c>
       <c r="M31">
         <v>3</v>
       </c>
       <c r="N31">
         <v>3</v>
       </c>
       <c r="O31">
         <v>3</v>
       </c>
       <c r="P31">
         <v>3</v>
       </c>
       <c r="Q31">
         <v>3</v>
       </c>
@@ -6452,51 +6452,51 @@
       </c>
     </row>
     <row r="69">
       <c r="A69" t="str">
         <v>SINGLE</v>
       </c>
       <c r="B69" t="str">
         <v>DUP</v>
       </c>
       <c r="D69" t="str">
         <v>Lori Beierle</v>
       </c>
       <c r="E69">
         <v>11</v>
       </c>
       <c r="F69">
         <v>65</v>
       </c>
       <c r="G69">
         <v>1</v>
       </c>
       <c r="H69">
         <v>82950</v>
       </c>
       <c r="I69" t="str">
-        <v>lhpeace</v>
+        <v>stofferpeace</v>
       </c>
       <c r="J69">
         <v>11</v>
       </c>
       <c r="K69">
         <v>65</v>
       </c>
       <c r="L69">
         <v>4</v>
       </c>
       <c r="M69">
         <v>4</v>
       </c>
       <c r="N69">
         <v>3</v>
       </c>
       <c r="O69">
         <v>4</v>
       </c>
       <c r="P69">
         <v>3</v>
       </c>
       <c r="Q69">
         <v>3</v>
       </c>