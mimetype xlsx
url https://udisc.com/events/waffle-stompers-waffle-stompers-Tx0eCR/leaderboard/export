--- v0 (2025-11-13)
+++ v1 (2026-02-05)
@@ -716,50 +716,53 @@
         <v>3</v>
       </c>
       <c r="AB3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>Mixed</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Louis Cerutti</v>
       </c>
       <c r="E4">
         <v>0</v>
       </c>
       <c r="F4">
         <v>58</v>
       </c>
+      <c r="G4">
+        <v>317718</v>
+      </c>
       <c r="H4" t="str">
         <v>twodogs1birdie</v>
       </c>
       <c r="I4">
         <v>0</v>
       </c>
       <c r="J4">
         <v>58</v>
       </c>
       <c r="K4">
         <v>3</v>
       </c>
       <c r="L4">
         <v>3</v>
       </c>
       <c r="M4">
         <v>4</v>
       </c>
       <c r="N4">
         <v>3</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">