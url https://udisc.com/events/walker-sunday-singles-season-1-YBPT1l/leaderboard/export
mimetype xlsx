--- v0 (2026-03-02)
+++ v1 (2026-03-28)
@@ -4201,51 +4201,51 @@
       </c>
     </row>
     <row r="40">
       <c r="E40" t="str">
         <v>GEN</v>
       </c>
       <c r="F40" t="str">
         <v>T18</v>
       </c>
       <c r="G40">
         <v>18</v>
       </c>
       <c r="H40" t="str">
         <v>Micah Daigle</v>
       </c>
       <c r="I40">
         <v>3</v>
       </c>
       <c r="J40">
         <v>59</v>
       </c>
       <c r="K40">
         <v>209717</v>
       </c>
       <c r="L40" t="str">
-        <v>micahc2000</v>
+        <v>holdonimbusy</v>
       </c>
       <c r="M40">
         <v>3</v>
       </c>
       <c r="N40">
         <v>59</v>
       </c>
       <c r="O40">
         <v>3</v>
       </c>
       <c r="P40">
         <v>3</v>
       </c>
       <c r="Q40">
         <v>4</v>
       </c>
       <c r="R40">
         <v>5</v>
       </c>
       <c r="S40">
         <v>4</v>
       </c>
       <c r="T40">
         <v>4</v>
       </c>