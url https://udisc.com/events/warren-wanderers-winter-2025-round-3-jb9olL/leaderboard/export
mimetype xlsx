--- v0 (2025-10-21)
+++ v1 (2026-01-31)
@@ -2179,179 +2179,182 @@
       </c>
       <c r="AC18">
         <v>3</v>
       </c>
       <c r="AD18">
         <v>3</v>
       </c>
       <c r="AE18">
         <v>3</v>
       </c>
       <c r="AF18">
         <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="E19" t="str">
         <v>GEN</v>
       </c>
       <c r="F19" t="str">
         <v>T13</v>
       </c>
       <c r="G19">
         <v>13</v>
       </c>
       <c r="H19" t="str">
-        <v>Jonathan Stieller</v>
+        <v>Ross Evans</v>
       </c>
       <c r="I19">
         <v>3</v>
       </c>
       <c r="J19">
         <v>57</v>
       </c>
+      <c r="K19">
+        <v>311887</v>
+      </c>
       <c r="L19" t="str">
-        <v>jonnythebod</v>
+        <v>aggroandy1978</v>
       </c>
       <c r="M19">
         <v>3</v>
       </c>
       <c r="N19">
         <v>57</v>
       </c>
       <c r="O19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P19">
         <v>3</v>
       </c>
       <c r="Q19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S19">
         <v>3</v>
       </c>
       <c r="T19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U19">
         <v>3</v>
       </c>
       <c r="V19">
         <v>3</v>
       </c>
       <c r="W19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y19">
         <v>4</v>
       </c>
       <c r="Z19">
         <v>4</v>
       </c>
       <c r="AA19">
         <v>3</v>
       </c>
       <c r="AB19">
         <v>3</v>
       </c>
       <c r="AC19">
         <v>3</v>
       </c>
       <c r="AD19">
         <v>3</v>
       </c>
       <c r="AE19">
         <v>3</v>
       </c>
       <c r="AF19">
         <v>3</v>
       </c>
     </row>
     <row r="20">
       <c r="E20" t="str">
         <v>GEN</v>
       </c>
       <c r="F20" t="str">
         <v>T13</v>
       </c>
       <c r="G20">
         <v>13</v>
       </c>
       <c r="H20" t="str">
-        <v>Ross Evans</v>
+        <v>Jonathan Stieller</v>
       </c>
       <c r="I20">
         <v>3</v>
       </c>
       <c r="J20">
         <v>57</v>
       </c>
       <c r="L20" t="str">
-        <v>aggroandy1978</v>
+        <v>jonnythebod</v>
       </c>
       <c r="M20">
         <v>3</v>
       </c>
       <c r="N20">
         <v>57</v>
       </c>
       <c r="O20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P20">
         <v>3</v>
       </c>
       <c r="Q20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S20">
         <v>3</v>
       </c>
       <c r="T20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U20">
         <v>3</v>
       </c>
       <c r="V20">
         <v>3</v>
       </c>
       <c r="W20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y20">
         <v>4</v>
       </c>
       <c r="Z20">
         <v>4</v>
       </c>
       <c r="AA20">
         <v>3</v>
       </c>
       <c r="AB20">
         <v>3</v>
       </c>
       <c r="AC20">
         <v>3</v>
       </c>
       <c r="AD20">
         <v>3</v>
       </c>
       <c r="AE20">
         <v>3</v>
       </c>
       <c r="AF20">
         <v>3</v>
       </c>