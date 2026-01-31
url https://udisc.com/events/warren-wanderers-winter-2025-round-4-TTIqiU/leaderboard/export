--- v0 (2025-10-21)
+++ v1 (2026-01-31)
@@ -768,50 +768,53 @@
       </c>
       <c r="C4">
         <v>-6</v>
       </c>
       <c r="D4">
         <v>-4</v>
       </c>
       <c r="E4" t="str">
         <v>GEN</v>
       </c>
       <c r="F4" t="str">
         <v>T9</v>
       </c>
       <c r="G4">
         <v>9</v>
       </c>
       <c r="H4" t="str">
         <v>Ross Evans</v>
       </c>
       <c r="I4">
         <v>-2</v>
       </c>
       <c r="J4">
         <v>52</v>
       </c>
+      <c r="K4">
+        <v>311887</v>
+      </c>
       <c r="L4" t="str">
         <v>aggroandy1978</v>
       </c>
       <c r="M4">
         <v>-2</v>
       </c>
       <c r="N4">
         <v>52</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
       <c r="Q4">
         <v>2</v>
       </c>
       <c r="R4">
         <v>3</v>
       </c>
       <c r="S4">
         <v>3</v>
       </c>
       <c r="T4">