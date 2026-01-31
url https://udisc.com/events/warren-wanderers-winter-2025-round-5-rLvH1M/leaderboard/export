--- v0 (2025-10-21)
+++ v1 (2026-01-31)
@@ -1920,50 +1920,53 @@
       </c>
       <c r="C16">
         <v>2</v>
       </c>
       <c r="D16">
         <v>-3</v>
       </c>
       <c r="E16" t="str">
         <v>GEN</v>
       </c>
       <c r="F16" t="str">
         <v>T17</v>
       </c>
       <c r="G16">
         <v>17</v>
       </c>
       <c r="H16" t="str">
         <v>Ross Evans</v>
       </c>
       <c r="I16">
         <v>5</v>
       </c>
       <c r="J16">
         <v>59</v>
       </c>
+      <c r="K16">
+        <v>311887</v>
+      </c>
       <c r="L16" t="str">
         <v>aggroandy1978</v>
       </c>
       <c r="M16">
         <v>5</v>
       </c>
       <c r="N16">
         <v>59</v>
       </c>
       <c r="O16">
         <v>4</v>
       </c>
       <c r="P16">
         <v>2</v>
       </c>
       <c r="Q16">
         <v>3</v>
       </c>
       <c r="R16">
         <v>3</v>
       </c>
       <c r="S16">
         <v>3</v>
       </c>
       <c r="T16">