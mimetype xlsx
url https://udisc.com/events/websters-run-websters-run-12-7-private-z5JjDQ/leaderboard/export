--- v0 (2025-12-10)
+++ v1 (2026-02-22)
@@ -551,51 +551,51 @@
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Zack Swanson</v>
       </c>
       <c r="E2">
         <v>-4</v>
       </c>
       <c r="F2">
         <v>53</v>
       </c>
       <c r="H2" t="str">
-        <v>bubbleslinger</v>
+        <v>zswandg</v>
       </c>
       <c r="I2">
         <v>-4</v>
       </c>
       <c r="J2">
         <v>53</v>
       </c>
       <c r="K2">
         <v>3</v>
       </c>
       <c r="L2">
         <v>4</v>
       </c>
       <c r="M2">
         <v>3</v>
       </c>
       <c r="N2">
         <v>2</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
       <c r="P2">
         <v>3</v>
       </c>