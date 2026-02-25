--- v0 (2025-10-23)
+++ v1 (2026-02-25)
@@ -1696,50 +1696,53 @@
         <v>2</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>Adv</v>
       </c>
       <c r="B15" t="str">
         <v>T2</v>
       </c>
       <c r="C15">
         <v>2</v>
       </c>
       <c r="D15" t="str">
         <v>Corey Gonzales</v>
       </c>
       <c r="E15">
         <v>-33</v>
       </c>
       <c r="F15">
         <v>39</v>
       </c>
       <c r="G15">
         <v>2</v>
       </c>
+      <c r="H15">
+        <v>319039</v>
+      </c>
       <c r="I15" t="str">
         <v>moneypityj</v>
       </c>
       <c r="J15">
         <v>-33</v>
       </c>
       <c r="K15">
         <v>39</v>
       </c>
       <c r="L15">
         <v>1</v>
       </c>
       <c r="M15">
         <v>1</v>
       </c>
       <c r="N15">
         <v>2</v>
       </c>
       <c r="O15">
         <v>2</v>
       </c>
       <c r="P15">
         <v>3</v>
       </c>
       <c r="Q15">
@@ -2637,289 +2640,292 @@
       </c>
       <c r="Y25">
         <v>1</v>
       </c>
       <c r="Z25">
         <v>2</v>
       </c>
       <c r="AA25">
         <v>2</v>
       </c>
       <c r="AB25">
         <v>3</v>
       </c>
       <c r="AC25">
         <v>4</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>Adv</v>
       </c>
       <c r="B26" t="str">
         <v>DUP</v>
       </c>
       <c r="D26" t="str">
-        <v>Brent Marcom</v>
+        <v>Corey Gonzales</v>
       </c>
       <c r="E26">
-        <v>-23</v>
+        <v>-29</v>
       </c>
       <c r="F26">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="G26">
-        <v>2</v>
+        <v>1</v>
+      </c>
+      <c r="H26">
+        <v>319039</v>
       </c>
       <c r="I26" t="str">
-        <v>brentmarcom</v>
+        <v>moneypityj</v>
       </c>
       <c r="J26">
-        <v>-23</v>
+        <v>-29</v>
       </c>
       <c r="K26">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="L26">
         <v>3</v>
       </c>
       <c r="M26">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="N26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O26">
         <v>2</v>
       </c>
       <c r="P26">
         <v>2</v>
       </c>
       <c r="Q26">
         <v>3</v>
       </c>
       <c r="R26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S26">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="T26">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U26">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="V26">
         <v>3</v>
       </c>
       <c r="W26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X26">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="Y26">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="Z26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA26">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="AB26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC26">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>Adv</v>
       </c>
       <c r="B27" t="str">
         <v>DUP</v>
       </c>
       <c r="D27" t="str">
-        <v>Christopher Dewar</v>
+        <v>Brent Marcom</v>
       </c>
       <c r="E27">
-        <v>-34</v>
+        <v>-23</v>
       </c>
       <c r="F27">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="G27">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I27" t="str">
-        <v>dewdew11</v>
+        <v>brentmarcom</v>
       </c>
       <c r="J27">
-        <v>-34</v>
+        <v>-23</v>
       </c>
       <c r="K27">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="L27">
         <v>3</v>
       </c>
       <c r="M27">
         <v>2</v>
       </c>
       <c r="N27">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O27">
         <v>2</v>
       </c>
       <c r="P27">
         <v>2</v>
       </c>
       <c r="Q27">
         <v>3</v>
       </c>
       <c r="R27">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S27">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="T27">
         <v>2</v>
       </c>
       <c r="U27">
         <v>1</v>
       </c>
       <c r="V27">
         <v>3</v>
       </c>
       <c r="W27">
         <v>3</v>
       </c>
       <c r="X27">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="Y27">
         <v>2</v>
       </c>
       <c r="Z27">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="AA27">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="AB27">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC27">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>Adv</v>
       </c>
       <c r="B28" t="str">
         <v>DUP</v>
       </c>
       <c r="D28" t="str">
-        <v>Corey Gonzales</v>
+        <v>Christopher Dewar</v>
       </c>
       <c r="E28">
-        <v>-29</v>
+        <v>-34</v>
       </c>
       <c r="F28">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="G28">
         <v>1</v>
       </c>
       <c r="I28" t="str">
-        <v>moneypityj</v>
+        <v>dewdew11</v>
       </c>
       <c r="J28">
-        <v>-29</v>
+        <v>-34</v>
       </c>
       <c r="K28">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="L28">
         <v>3</v>
       </c>
       <c r="M28">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="N28">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O28">
         <v>2</v>
       </c>
       <c r="P28">
         <v>2</v>
       </c>
       <c r="Q28">
         <v>3</v>
       </c>
       <c r="R28">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S28">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="T28">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U28">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="V28">
         <v>3</v>
       </c>
       <c r="W28">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y28">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="Z28">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="AA28">
         <v>1</v>
       </c>
       <c r="AB28">
         <v>3</v>
       </c>
       <c r="AC28">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>Adv</v>
       </c>
       <c r="B29" t="str">
         <v>DUP</v>
       </c>
       <c r="D29" t="str">
         <v>Mike Vandenbroader</v>
       </c>
       <c r="E29">
         <v>-29</v>
       </c>
       <c r="F29">
         <v>43</v>
       </c>
       <c r="G29">
         <v>2</v>
       </c>
       <c r="I29" t="str">
         <v>mvandenbroader</v>
       </c>
       <c r="J29">