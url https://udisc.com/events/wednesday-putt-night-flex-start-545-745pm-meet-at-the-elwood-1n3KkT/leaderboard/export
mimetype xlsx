--- v0 (2025-12-14)
+++ v1 (2026-02-25)
@@ -1072,50 +1072,53 @@
         <v>1</v>
       </c>
       <c r="AC8">
         <v>1</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>Adv</v>
       </c>
       <c r="B9" t="str">
         <v>DNF</v>
       </c>
       <c r="D9" t="str">
         <v>Corey Gonzales</v>
       </c>
       <c r="E9">
         <v>-15</v>
       </c>
       <c r="F9">
         <v>24</v>
       </c>
       <c r="G9">
         <v>1</v>
       </c>
+      <c r="H9">
+        <v>319039</v>
+      </c>
       <c r="I9" t="str">
         <v>moneypityj</v>
       </c>
       <c r="J9">
         <v>-15</v>
       </c>
       <c r="K9">
         <v>24</v>
       </c>
       <c r="L9">
         <v>2</v>
       </c>
       <c r="N9">
         <v>2</v>
       </c>
       <c r="P9">
         <v>1</v>
       </c>
       <c r="S9">
         <v>3</v>
       </c>
       <c r="T9">
         <v>2</v>
       </c>
       <c r="U9">