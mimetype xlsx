--- v0 (2025-11-09)
+++ v1 (2025-12-16)
@@ -8509,50 +8509,53 @@
         <v>3</v>
       </c>
       <c r="AD87">
         <v>5</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="str">
         <v>Red</v>
       </c>
       <c r="B88" t="str">
         <v>47</v>
       </c>
       <c r="C88">
         <v>47</v>
       </c>
       <c r="D88" t="str">
         <v>DJ Shiffer</v>
       </c>
       <c r="E88">
         <v>14</v>
       </c>
       <c r="F88">
         <v>74</v>
       </c>
+      <c r="G88">
+        <v>318045</v>
+      </c>
       <c r="H88" t="str">
         <v>shiffhead</v>
       </c>
       <c r="I88">
         <v>14</v>
       </c>
       <c r="J88">
         <v>74</v>
       </c>
       <c r="K88">
         <v>3</v>
       </c>
       <c r="L88">
         <v>3</v>
       </c>
       <c r="M88">
         <v>4</v>
       </c>
       <c r="N88">
         <v>6</v>
       </c>
       <c r="O88">
         <v>4</v>
       </c>
       <c r="P88">