--- v1 (2025-12-16)
+++ v2 (2026-01-28)
@@ -11178,218 +11178,221 @@
       </c>
       <c r="AB116">
         <v>3</v>
       </c>
       <c r="AC116">
         <v>3</v>
       </c>
       <c r="AD116">
         <v>4</v>
       </c>
       <c r="AE116" t="str">
         <v>4</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="str">
         <v>Purple</v>
       </c>
       <c r="B117" t="str">
         <v>T4</v>
       </c>
       <c r="C117">
         <v>4</v>
       </c>
       <c r="D117" t="str">
-        <v>Mickey Buchmeier</v>
+        <v>Rene Haro</v>
       </c>
       <c r="E117">
         <v>6</v>
       </c>
       <c r="F117">
         <v>66</v>
       </c>
+      <c r="G117">
+        <v>270099</v>
+      </c>
       <c r="H117" t="str">
-        <v>poolgd72</v>
+        <v>haro721</v>
       </c>
       <c r="I117">
         <v>6</v>
       </c>
       <c r="J117">
         <v>66</v>
       </c>
       <c r="K117">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L117">
         <v>4</v>
       </c>
       <c r="M117">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N117">
         <v>3</v>
       </c>
       <c r="O117">
         <v>4</v>
       </c>
       <c r="P117">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q117">
         <v>3</v>
       </c>
       <c r="R117">
         <v>3</v>
       </c>
       <c r="S117">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T117">
         <v>3</v>
       </c>
       <c r="U117">
         <v>3</v>
       </c>
       <c r="V117">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W117">
         <v>3</v>
       </c>
       <c r="X117">
         <v>4</v>
       </c>
       <c r="Y117">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Z117">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA117">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB117">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC117">
         <v>2</v>
       </c>
       <c r="AD117">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AE117" t="str">
         <v>4</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="str">
         <v>Purple</v>
       </c>
       <c r="B118" t="str">
         <v>T4</v>
       </c>
       <c r="C118">
         <v>4</v>
       </c>
       <c r="D118" t="str">
-        <v>Rene Haro</v>
+        <v>Mickey Buchmeier</v>
       </c>
       <c r="E118">
         <v>6</v>
       </c>
       <c r="F118">
         <v>66</v>
       </c>
       <c r="H118" t="str">
-        <v>haro721</v>
+        <v>poolgd72</v>
       </c>
       <c r="I118">
         <v>6</v>
       </c>
       <c r="J118">
         <v>66</v>
       </c>
       <c r="K118">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L118">
         <v>4</v>
       </c>
       <c r="M118">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N118">
         <v>3</v>
       </c>
       <c r="O118">
         <v>4</v>
       </c>
       <c r="P118">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q118">
         <v>3</v>
       </c>
       <c r="R118">
         <v>3</v>
       </c>
       <c r="S118">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T118">
         <v>3</v>
       </c>
       <c r="U118">
         <v>3</v>
       </c>
       <c r="V118">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W118">
         <v>3</v>
       </c>
       <c r="X118">
         <v>4</v>
       </c>
       <c r="Y118">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Z118">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA118">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB118">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC118">
         <v>2</v>
       </c>
       <c r="AD118">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AE118" t="str">
         <v>4</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="str">
         <v>Purple</v>
       </c>
       <c r="B119" t="str">
         <v>T4</v>
       </c>
       <c r="C119">
         <v>4</v>
       </c>
       <c r="D119" t="str">
         <v>brito</v>
       </c>
       <c r="E119">
         <v>6</v>
       </c>
       <c r="F119">
         <v>66</v>
       </c>
       <c r="H119" t="str">