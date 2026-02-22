--- v0 (2025-11-28)
+++ v1 (2026-02-22)
@@ -698,50 +698,53 @@
         <v>5</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>FPO</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Karen Chow</v>
       </c>
       <c r="E5">
         <v>7</v>
       </c>
       <c r="F5">
         <v>34</v>
       </c>
       <c r="G5">
         <v>1</v>
       </c>
+      <c r="H5">
+        <v>294390</v>
+      </c>
       <c r="I5" t="str">
         <v>twocatsdisc</v>
       </c>
       <c r="J5">
         <v>7</v>
       </c>
       <c r="K5">
         <v>34</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="M5">
         <v>4</v>
       </c>
       <c r="N5">
         <v>4</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
         <v>4</v>
       </c>
       <c r="Q5">
@@ -923,208 +926,211 @@
       </c>
       <c r="P8">
         <v>6</v>
       </c>
       <c r="Q8">
         <v>4</v>
       </c>
       <c r="R8">
         <v>5</v>
       </c>
       <c r="S8">
         <v>6</v>
       </c>
       <c r="T8">
         <v>5</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>FPO</v>
       </c>
       <c r="B9" t="str">
         <v>DUP</v>
       </c>
       <c r="D9" t="str">
-        <v>Debbie Mills</v>
+        <v>Karen Chow</v>
       </c>
       <c r="E9">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F9">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="G9">
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="H9">
+        <v>294390</v>
       </c>
       <c r="I9" t="str">
-        <v>millsie</v>
+        <v>twocatsdisc</v>
       </c>
       <c r="J9">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="K9">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="L9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N9">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="O9">
         <v>3</v>
       </c>
       <c r="P9">
         <v>4</v>
       </c>
       <c r="Q9">
         <v>4</v>
       </c>
       <c r="R9">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="S9">
         <v>4</v>
       </c>
       <c r="T9">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>FPO</v>
       </c>
       <c r="B10" t="str">
         <v>DUP</v>
       </c>
       <c r="D10" t="str">
-        <v>Eileen Dorricott</v>
+        <v>Debbie Mills</v>
       </c>
       <c r="E10">
         <v>9</v>
       </c>
       <c r="F10">
         <v>36</v>
       </c>
       <c r="G10">
         <v>1</v>
       </c>
       <c r="I10" t="str">
-        <v>neelie</v>
+        <v>millsie</v>
       </c>
       <c r="J10">
         <v>9</v>
       </c>
       <c r="K10">
         <v>36</v>
       </c>
       <c r="L10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M10">
         <v>4</v>
       </c>
       <c r="N10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P10">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Q10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R10">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="S10">
         <v>4</v>
       </c>
       <c r="T10">
         <v>5</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>FPO</v>
       </c>
       <c r="B11" t="str">
         <v>DUP</v>
       </c>
       <c r="D11" t="str">
-        <v>Karen Chow</v>
+        <v>Eileen Dorricott</v>
       </c>
       <c r="E11">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="F11">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="G11">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I11" t="str">
-        <v>twocatsdisc</v>
+        <v>neelie</v>
       </c>
       <c r="J11">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="K11">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L11">
         <v>3</v>
       </c>
       <c r="M11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N11">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="O11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P11">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Q11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R11">
         <v>5</v>
       </c>
       <c r="S11">
         <v>4</v>
       </c>
       <c r="T11">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>FPO</v>
       </c>
       <c r="B12" t="str">
         <v>DUP</v>
       </c>
       <c r="D12" t="str">
         <v>Kath Hedley</v>
       </c>
       <c r="E12">
         <v>3</v>
       </c>
       <c r="F12">
         <v>30</v>
       </c>
       <c r="G12">
         <v>1</v>
       </c>
       <c r="I12" t="str">
         <v>kathnz</v>
       </c>
       <c r="J12">