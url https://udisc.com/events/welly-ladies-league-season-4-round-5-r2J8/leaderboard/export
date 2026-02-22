--- v0 (2025-11-28)
+++ v1 (2026-02-22)
@@ -628,155 +628,158 @@
       </c>
       <c r="Q3">
         <v>4</v>
       </c>
       <c r="R3">
         <v>4</v>
       </c>
       <c r="S3">
         <v>4</v>
       </c>
       <c r="T3">
         <v>5</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>FPO</v>
       </c>
       <c r="B4" t="str">
         <v>T3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
-        <v>Caitlin Macleod</v>
+        <v>Karen Chow</v>
       </c>
       <c r="E4">
         <v>12</v>
       </c>
       <c r="F4">
         <v>39</v>
       </c>
       <c r="G4">
         <v>1</v>
       </c>
+      <c r="H4">
+        <v>294390</v>
+      </c>
       <c r="I4" t="str">
-        <v>caitlinm</v>
+        <v>twocatsdisc</v>
       </c>
       <c r="J4">
         <v>12</v>
       </c>
       <c r="K4">
         <v>39</v>
       </c>
       <c r="L4">
         <v>3</v>
       </c>
       <c r="M4">
         <v>4</v>
       </c>
       <c r="N4">
         <v>4</v>
       </c>
       <c r="O4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P4">
+        <v>5</v>
+      </c>
+      <c r="Q4">
+        <v>4</v>
+      </c>
+      <c r="R4">
+        <v>5</v>
+      </c>
+      <c r="S4">
+        <v>5</v>
+      </c>
+      <c r="T4">
         <v>6</v>
-      </c>
-[...10 lines deleted...]
-        <v>5</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>FPO</v>
       </c>
       <c r="B5" t="str">
         <v>T3</v>
       </c>
       <c r="C5">
         <v>3</v>
       </c>
       <c r="D5" t="str">
-        <v>Karen Chow</v>
+        <v>Caitlin Macleod</v>
       </c>
       <c r="E5">
         <v>12</v>
       </c>
       <c r="F5">
         <v>39</v>
       </c>
       <c r="G5">
         <v>1</v>
       </c>
       <c r="I5" t="str">
-        <v>twocatsdisc</v>
+        <v>caitlinm</v>
       </c>
       <c r="J5">
         <v>12</v>
       </c>
       <c r="K5">
         <v>39</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="M5">
         <v>4</v>
       </c>
       <c r="N5">
         <v>4</v>
       </c>
       <c r="O5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P5">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="Q5">
         <v>4</v>
       </c>
       <c r="R5">
         <v>5</v>
       </c>
       <c r="S5">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="T5">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>FPO</v>
       </c>
       <c r="B6" t="str">
         <v>5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
         <v>Leanne Gibbs</v>
       </c>
       <c r="E6">
         <v>16</v>
       </c>
       <c r="F6">
         <v>43</v>
       </c>
       <c r="G6">
         <v>1</v>
       </c>
       <c r="I6" t="str">