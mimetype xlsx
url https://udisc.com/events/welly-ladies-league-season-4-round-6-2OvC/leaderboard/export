--- v0 (2025-11-28)
+++ v1 (2026-02-22)
@@ -510,152 +510,155 @@
       </c>
       <c r="Q1" t="str">
         <v>hole_6</v>
       </c>
       <c r="R1" t="str">
         <v>hole_7</v>
       </c>
       <c r="S1" t="str">
         <v>hole_8</v>
       </c>
       <c r="T1" t="str">
         <v>hole_9</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>FPO</v>
       </c>
       <c r="B2" t="str">
         <v>T1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
-        <v>Danielle Woodfall</v>
+        <v>Karen Chow</v>
       </c>
       <c r="E2">
         <v>5</v>
       </c>
       <c r="F2">
         <v>32</v>
       </c>
       <c r="G2">
         <v>1</v>
       </c>
+      <c r="H2">
+        <v>294390</v>
+      </c>
       <c r="I2" t="str">
-        <v>ladywoody</v>
+        <v>twocatsdisc</v>
       </c>
       <c r="J2">
         <v>5</v>
       </c>
       <c r="K2">
         <v>32</v>
       </c>
       <c r="L2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O2">
         <v>2</v>
       </c>
       <c r="P2">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Q2">
         <v>4</v>
       </c>
       <c r="R2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T2">
         <v>4</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>FPO</v>
       </c>
       <c r="B3" t="str">
         <v>T1</v>
       </c>
       <c r="C3">
         <v>1</v>
       </c>
       <c r="D3" t="str">
-        <v>Karen Chow</v>
+        <v>Danielle Woodfall</v>
       </c>
       <c r="E3">
         <v>5</v>
       </c>
       <c r="F3">
         <v>32</v>
       </c>
       <c r="G3">
         <v>1</v>
       </c>
       <c r="I3" t="str">
-        <v>twocatsdisc</v>
+        <v>ladywoody</v>
       </c>
       <c r="J3">
         <v>5</v>
       </c>
       <c r="K3">
         <v>32</v>
       </c>
       <c r="L3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O3">
         <v>2</v>
       </c>
       <c r="P3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Q3">
         <v>4</v>
       </c>
       <c r="R3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T3">
         <v>4</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>FPO</v>
       </c>
       <c r="B4" t="str">
         <v>T1</v>
       </c>
       <c r="C4">
         <v>1</v>
       </c>
       <c r="D4" t="str">
         <v>Kath Hedley</v>
       </c>
       <c r="E4">
         <v>5</v>
       </c>
       <c r="F4">
         <v>32</v>
       </c>
       <c r="G4">