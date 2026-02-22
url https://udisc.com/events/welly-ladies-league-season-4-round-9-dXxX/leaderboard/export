--- v0 (2025-12-19)
+++ v1 (2026-02-22)
@@ -815,50 +815,53 @@
         <v>4</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>FPO</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Karen Chow</v>
       </c>
       <c r="E5">
         <v>14</v>
       </c>
       <c r="F5">
         <v>68</v>
       </c>
       <c r="G5">
         <v>1</v>
       </c>
+      <c r="H5">
+        <v>294390</v>
+      </c>
       <c r="I5" t="str">
         <v>twocatsdisc</v>
       </c>
       <c r="J5">
         <v>14</v>
       </c>
       <c r="K5">
         <v>68</v>
       </c>
       <c r="L5">
         <v>4</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
         <v>5</v>
       </c>
       <c r="P5">
         <v>5</v>
       </c>
       <c r="Q5">