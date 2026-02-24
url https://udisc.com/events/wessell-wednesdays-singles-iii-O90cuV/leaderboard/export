--- v0 (2026-01-12)
+++ v1 (2026-02-24)
@@ -891,50 +891,53 @@
         <v>4</v>
       </c>
       <c r="AB5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
         <v>Rob Turner</v>
       </c>
       <c r="E6">
         <v>8</v>
       </c>
       <c r="F6">
         <v>62</v>
       </c>
+      <c r="G6">
+        <v>321860</v>
+      </c>
       <c r="H6" t="str">
         <v>robtest</v>
       </c>
       <c r="I6">
         <v>8</v>
       </c>
       <c r="J6">
         <v>62</v>
       </c>
       <c r="K6">
         <v>3</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
       <c r="M6">
         <v>3</v>
       </c>
       <c r="N6">
         <v>3</v>
       </c>
       <c r="O6">
         <v>4</v>
       </c>
       <c r="P6">