--- v0 (2025-10-23)
+++ v1 (2025-11-19)
@@ -960,51 +960,51 @@
       </c>
       <c r="W6">
         <v>4</v>
       </c>
       <c r="X6">
         <v>4</v>
       </c>
       <c r="Y6">
         <v>4</v>
       </c>
       <c r="Z6">
         <v>2</v>
       </c>
       <c r="AA6">
         <v>5</v>
       </c>
       <c r="AB6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
-        <v>T6</v>
+        <v>6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
         <v>Chris Tutak</v>
       </c>
       <c r="E7">
         <v>4</v>
       </c>
       <c r="F7">
         <v>60</v>
       </c>
       <c r="H7" t="str">
         <v>kristoffdg</v>
       </c>
       <c r="I7">
         <v>4</v>
       </c>
       <c r="J7">
         <v>60</v>
       </c>
       <c r="K7">
         <v>3</v>
       </c>
@@ -1043,54 +1043,54 @@
       </c>
       <c r="W7">
         <v>4</v>
       </c>
       <c r="X7">
         <v>4</v>
       </c>
       <c r="Y7">
         <v>3</v>
       </c>
       <c r="Z7">
         <v>4</v>
       </c>
       <c r="AA7">
         <v>3</v>
       </c>
       <c r="AB7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
-        <v>T6</v>
+        <v>7</v>
       </c>
       <c r="C8">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>Tim Christopher</v>
       </c>
       <c r="E8">
         <v>4</v>
       </c>
       <c r="F8">
         <v>60</v>
       </c>
       <c r="H8" t="str">
         <v>timc654</v>
       </c>
       <c r="I8">
         <v>4</v>
       </c>
       <c r="J8">
         <v>60</v>
       </c>
       <c r="K8">
         <v>3</v>
       </c>
       <c r="L8">
         <v>4</v>
       </c>
@@ -1209,51 +1209,51 @@
       </c>
       <c r="W9">
         <v>3</v>
       </c>
       <c r="X9">
         <v>6</v>
       </c>
       <c r="Y9">
         <v>4</v>
       </c>
       <c r="Z9">
         <v>3</v>
       </c>
       <c r="AA9">
         <v>4</v>
       </c>
       <c r="AB9">
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
-        <v>T9</v>
+        <v>9</v>
       </c>
       <c r="C10">
         <v>9</v>
       </c>
       <c r="D10" t="str">
         <v>Dominic Mercier</v>
       </c>
       <c r="E10">
         <v>9</v>
       </c>
       <c r="F10">
         <v>65</v>
       </c>
       <c r="G10">
         <v>182061</v>
       </c>
       <c r="H10" t="str">
         <v>dominicmercier</v>
       </c>
       <c r="I10">
         <v>9</v>
       </c>
       <c r="J10">
         <v>65</v>
       </c>
@@ -1295,54 +1295,54 @@
       </c>
       <c r="W10">
         <v>6</v>
       </c>
       <c r="X10">
         <v>4</v>
       </c>
       <c r="Y10">
         <v>3</v>
       </c>
       <c r="Z10">
         <v>3</v>
       </c>
       <c r="AA10">
         <v>4</v>
       </c>
       <c r="AB10">
         <v>4</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
-        <v>T9</v>
+        <v>10</v>
       </c>
       <c r="C11">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D11" t="str">
         <v>Christian Mejias</v>
       </c>
       <c r="E11">
         <v>9</v>
       </c>
       <c r="F11">
         <v>65</v>
       </c>
       <c r="H11" t="str">
         <v>christianmejias</v>
       </c>
       <c r="I11">
         <v>9</v>
       </c>
       <c r="J11">
         <v>65</v>
       </c>
       <c r="K11">
         <v>3</v>
       </c>
       <c r="L11">
         <v>4</v>
       </c>