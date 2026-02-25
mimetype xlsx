--- v0 (2025-10-22)
+++ v1 (2026-02-25)
@@ -1546,50 +1546,53 @@
         <v>1</v>
       </c>
       <c r="AC14">
         <v>1</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>Adv</v>
       </c>
       <c r="B15" t="str">
         <v>DNF</v>
       </c>
       <c r="D15" t="str">
         <v>Corey Gonzales</v>
       </c>
       <c r="E15">
         <v>-29</v>
       </c>
       <c r="F15">
         <v>15</v>
       </c>
       <c r="G15">
         <v>1</v>
       </c>
+      <c r="H15">
+        <v>319039</v>
+      </c>
       <c r="I15" t="str">
         <v>moneypityj</v>
       </c>
       <c r="J15">
         <v>-29</v>
       </c>
       <c r="K15">
         <v>15</v>
       </c>
       <c r="M15">
         <v>1</v>
       </c>
       <c r="N15">
         <v>1</v>
       </c>
       <c r="O15">
         <v>1</v>
       </c>
       <c r="P15">
         <v>1</v>
       </c>
       <c r="Q15">
         <v>1</v>
       </c>
       <c r="S15">
@@ -2183,50 +2186,53 @@
       <c r="AB24">
         <v>2</v>
       </c>
       <c r="AC24">
         <v>1</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>Adv</v>
       </c>
       <c r="B25" t="str">
         <v>DNF</v>
       </c>
       <c r="D25" t="str">
         <v>Corey Gonzales</v>
       </c>
       <c r="E25">
         <v>-21</v>
       </c>
       <c r="F25">
         <v>15</v>
       </c>
       <c r="G25">
         <v>2</v>
+      </c>
+      <c r="H25">
+        <v>319039</v>
       </c>
       <c r="I25" t="str">
         <v>moneypityj</v>
       </c>
       <c r="J25">
         <v>-21</v>
       </c>
       <c r="K25">
         <v>15</v>
       </c>
       <c r="L25">
         <v>1</v>
       </c>
       <c r="N25">
         <v>3</v>
       </c>
       <c r="Q25">
         <v>3</v>
       </c>
       <c r="R25">
         <v>1</v>
       </c>
       <c r="S25">
         <v>1</v>
       </c>