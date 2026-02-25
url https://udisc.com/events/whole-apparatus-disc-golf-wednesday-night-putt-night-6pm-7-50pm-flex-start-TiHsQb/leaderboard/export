--- v0 (2025-10-23)
+++ v1 (2026-02-25)
@@ -2235,50 +2235,53 @@
         <v>1</v>
       </c>
       <c r="AC21">
         <v>1</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>Adv</v>
       </c>
       <c r="B22" t="str">
         <v>DNF</v>
       </c>
       <c r="D22" t="str">
         <v>Corey Gonzales</v>
       </c>
       <c r="E22">
         <v>-30</v>
       </c>
       <c r="F22">
         <v>30</v>
       </c>
       <c r="G22">
         <v>1</v>
       </c>
+      <c r="H22">
+        <v>319039</v>
+      </c>
       <c r="I22" t="str">
         <v>moneypityj</v>
       </c>
       <c r="J22">
         <v>-30</v>
       </c>
       <c r="K22">
         <v>30</v>
       </c>
       <c r="L22">
         <v>2</v>
       </c>
       <c r="M22">
         <v>1</v>
       </c>
       <c r="O22">
         <v>3</v>
       </c>
       <c r="P22">
         <v>2</v>
       </c>
       <c r="Q22">
         <v>2</v>
       </c>
       <c r="R22">
@@ -2482,50 +2485,53 @@
       <c r="AA25">
         <v>2</v>
       </c>
       <c r="AC25">
         <v>1</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>Adv</v>
       </c>
       <c r="B26" t="str">
         <v>DNF</v>
       </c>
       <c r="D26" t="str">
         <v>Corey Gonzales</v>
       </c>
       <c r="E26">
         <v>-28</v>
       </c>
       <c r="F26">
         <v>24</v>
       </c>
       <c r="G26">
         <v>2</v>
+      </c>
+      <c r="H26">
+        <v>319039</v>
       </c>
       <c r="I26" t="str">
         <v>moneypityj</v>
       </c>
       <c r="J26">
         <v>-28</v>
       </c>
       <c r="K26">
         <v>24</v>
       </c>
       <c r="L26">
         <v>3</v>
       </c>
       <c r="M26">
         <v>1</v>
       </c>
       <c r="O26">
         <v>3</v>
       </c>
       <c r="P26">
         <v>2</v>
       </c>
       <c r="Q26">
         <v>2</v>
       </c>