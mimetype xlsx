--- v0 (2026-02-27)
+++ v1 (2026-03-20)
@@ -1841,51 +1841,51 @@
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>Am 2</v>
       </c>
       <c r="B16" t="str">
         <v>3</v>
       </c>
       <c r="C16">
         <v>3</v>
       </c>
       <c r="D16" t="str">
         <v>Collin lynn</v>
       </c>
       <c r="E16">
         <v>-2</v>
       </c>
       <c r="F16">
         <v>62</v>
       </c>
       <c r="G16">
         <v>277679</v>
       </c>
       <c r="H16" t="str">
-        <v>sorcerer13</v>
+        <v>clynn97</v>
       </c>
       <c r="I16">
         <v>-2</v>
       </c>
       <c r="J16">
         <v>62</v>
       </c>
       <c r="K16">
         <v>2</v>
       </c>
       <c r="L16">
         <v>3</v>
       </c>
       <c r="M16">
         <v>3</v>
       </c>
       <c r="N16">
         <v>3</v>
       </c>
       <c r="O16">
         <v>2</v>
       </c>
       <c r="P16">
         <v>2</v>
       </c>