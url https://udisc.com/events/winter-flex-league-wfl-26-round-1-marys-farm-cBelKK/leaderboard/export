--- v0 (2025-12-04)
+++ v1 (2026-01-11)
@@ -2518,51 +2518,51 @@
       </c>
       <c r="AB24">
         <v>4</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>MA1</v>
       </c>
       <c r="B25" t="str">
         <v>9</v>
       </c>
       <c r="C25">
         <v>9</v>
       </c>
       <c r="D25" t="str">
         <v>Nick Hopewell</v>
       </c>
       <c r="E25">
         <v>4</v>
       </c>
       <c r="F25">
         <v>59</v>
       </c>
       <c r="H25" t="str">
-        <v>clakey</v>
+        <v>nickhopes</v>
       </c>
       <c r="I25">
         <v>4</v>
       </c>
       <c r="J25">
         <v>59</v>
       </c>
       <c r="K25">
         <v>3</v>
       </c>
       <c r="L25">
         <v>4</v>
       </c>
       <c r="M25">
         <v>3</v>
       </c>
       <c r="N25">
         <v>4</v>
       </c>
       <c r="O25">
         <v>4</v>
       </c>
       <c r="P25">
         <v>2</v>
       </c>
@@ -6217,51 +6217,51 @@
       </c>
       <c r="AB4">
         <v>2</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>MA3</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Jennifer Ponce</v>
       </c>
       <c r="E5">
         <v>5</v>
       </c>
       <c r="F5">
         <v>59</v>
       </c>
       <c r="H5" t="str">
-        <v>jpvelasco</v>
+        <v>jenvel</v>
       </c>
       <c r="I5">
         <v>5</v>
       </c>
       <c r="J5">
         <v>59</v>
       </c>
       <c r="K5">
         <v>3</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
         <v>4</v>
       </c>