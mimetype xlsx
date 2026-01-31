--- v1 (2026-01-11)
+++ v2 (2026-01-31)
@@ -6217,51 +6217,51 @@
       </c>
       <c r="AB4">
         <v>2</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>MA3</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Jennifer Ponce</v>
       </c>
       <c r="E5">
         <v>5</v>
       </c>
       <c r="F5">
         <v>59</v>
       </c>
       <c r="H5" t="str">
-        <v>jenvel</v>
+        <v>jenniferpv</v>
       </c>
       <c r="I5">
         <v>5</v>
       </c>
       <c r="J5">
         <v>59</v>
       </c>
       <c r="K5">
         <v>3</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
         <v>4</v>
       </c>