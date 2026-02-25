--- v2 (2026-01-31)
+++ v3 (2026-02-25)
@@ -1328,50 +1328,53 @@
         <v>3</v>
       </c>
       <c r="AB10">
         <v>4</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>MPO</v>
       </c>
       <c r="B11" t="str">
         <v>T9</v>
       </c>
       <c r="C11">
         <v>9</v>
       </c>
       <c r="D11" t="str">
         <v>Shamus McDougall</v>
       </c>
       <c r="E11">
         <v>0</v>
       </c>
       <c r="F11">
         <v>55</v>
       </c>
+      <c r="G11">
+        <v>303610</v>
+      </c>
       <c r="H11" t="str">
         <v>shamusmcd</v>
       </c>
       <c r="I11">
         <v>0</v>
       </c>
       <c r="J11">
         <v>55</v>
       </c>
       <c r="K11">
         <v>3</v>
       </c>
       <c r="L11">
         <v>3</v>
       </c>
       <c r="M11">
         <v>2</v>
       </c>
       <c r="N11">
         <v>3</v>
       </c>
       <c r="O11">
         <v>2</v>
       </c>
       <c r="P11">