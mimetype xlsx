--- v0 (2025-12-04)
+++ v1 (2026-01-11)
@@ -2011,51 +2011,51 @@
       </c>
       <c r="AB18">
         <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>MA1</v>
       </c>
       <c r="B19" t="str">
         <v>T1</v>
       </c>
       <c r="C19">
         <v>1</v>
       </c>
       <c r="D19" t="str">
         <v>Nick Hopewell</v>
       </c>
       <c r="E19">
         <v>-1</v>
       </c>
       <c r="F19">
         <v>54</v>
       </c>
       <c r="H19" t="str">
-        <v>clakey</v>
+        <v>nickhopes</v>
       </c>
       <c r="I19">
         <v>-1</v>
       </c>
       <c r="J19">
         <v>54</v>
       </c>
       <c r="K19">
         <v>4</v>
       </c>
       <c r="L19">
         <v>3</v>
       </c>
       <c r="M19">
         <v>2</v>
       </c>
       <c r="N19">
         <v>3</v>
       </c>
       <c r="O19">
         <v>2</v>
       </c>
       <c r="P19">
         <v>4</v>
       </c>
@@ -6128,51 +6128,51 @@
       </c>
       <c r="AB6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>MA3</v>
       </c>
       <c r="B7" t="str">
         <v>T5</v>
       </c>
       <c r="C7">
         <v>5</v>
       </c>
       <c r="D7" t="str">
         <v>Jennifer Ponce</v>
       </c>
       <c r="E7">
         <v>6</v>
       </c>
       <c r="F7">
         <v>60</v>
       </c>
       <c r="H7" t="str">
-        <v>jpvelasco</v>
+        <v>jenvel</v>
       </c>
       <c r="I7">
         <v>6</v>
       </c>
       <c r="J7">
         <v>60</v>
       </c>
       <c r="K7">
         <v>3</v>
       </c>
       <c r="L7">
         <v>3</v>
       </c>
       <c r="M7">
         <v>3</v>
       </c>
       <c r="N7">
         <v>3</v>
       </c>
       <c r="O7">
         <v>4</v>
       </c>
       <c r="P7">
         <v>3</v>
       </c>