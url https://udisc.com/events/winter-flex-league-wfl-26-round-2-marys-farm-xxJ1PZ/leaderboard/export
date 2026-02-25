--- v1 (2026-01-11)
+++ v2 (2026-02-25)
@@ -1242,50 +1242,53 @@
         <v>4</v>
       </c>
       <c r="AB9">
         <v>4</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>MPO</v>
       </c>
       <c r="B10" t="str">
         <v>T8</v>
       </c>
       <c r="C10">
         <v>8</v>
       </c>
       <c r="D10" t="str">
         <v>Shamus McDougall</v>
       </c>
       <c r="E10">
         <v>1</v>
       </c>
       <c r="F10">
         <v>56</v>
       </c>
+      <c r="G10">
+        <v>303610</v>
+      </c>
       <c r="H10" t="str">
         <v>shamusmcd</v>
       </c>
       <c r="I10">
         <v>1</v>
       </c>
       <c r="J10">
         <v>56</v>
       </c>
       <c r="K10">
         <v>3</v>
       </c>
       <c r="L10">
         <v>3</v>
       </c>
       <c r="M10">
         <v>2</v>
       </c>
       <c r="N10">
         <v>3</v>
       </c>
       <c r="O10">
         <v>5</v>
       </c>
       <c r="P10">
@@ -6128,51 +6131,51 @@
       </c>
       <c r="AB6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>MA3</v>
       </c>
       <c r="B7" t="str">
         <v>T5</v>
       </c>
       <c r="C7">
         <v>5</v>
       </c>
       <c r="D7" t="str">
         <v>Jennifer Ponce</v>
       </c>
       <c r="E7">
         <v>6</v>
       </c>
       <c r="F7">
         <v>60</v>
       </c>
       <c r="H7" t="str">
-        <v>jenvel</v>
+        <v>jenniferpv</v>
       </c>
       <c r="I7">
         <v>6</v>
       </c>
       <c r="J7">
         <v>60</v>
       </c>
       <c r="K7">
         <v>3</v>
       </c>
       <c r="L7">
         <v>3</v>
       </c>
       <c r="M7">
         <v>3</v>
       </c>
       <c r="N7">
         <v>3</v>
       </c>
       <c r="O7">
         <v>4</v>
       </c>
       <c r="P7">
         <v>3</v>
       </c>