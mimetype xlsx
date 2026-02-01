--- v0 (2026-01-12)
+++ v1 (2026-02-01)
@@ -5704,51 +5704,51 @@
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>MA3</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Jennifer Ponce</v>
       </c>
       <c r="E2">
         <v>2</v>
       </c>
       <c r="F2">
         <v>56</v>
       </c>
       <c r="H2" t="str">
-        <v>jenvel</v>
+        <v>jenniferpv</v>
       </c>
       <c r="I2">
         <v>2</v>
       </c>
       <c r="J2">
         <v>56</v>
       </c>
       <c r="K2">
         <v>3</v>
       </c>
       <c r="L2">
         <v>2</v>
       </c>
       <c r="M2">
         <v>3</v>
       </c>
       <c r="N2">
         <v>3</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
       <c r="P2">
         <v>4</v>
       </c>