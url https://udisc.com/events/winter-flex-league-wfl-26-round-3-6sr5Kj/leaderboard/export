--- v1 (2026-02-01)
+++ v2 (2026-02-25)
@@ -1328,50 +1328,53 @@
         <v>3</v>
       </c>
       <c r="AB10">
         <v>2</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>MPO</v>
       </c>
       <c r="B11" t="str">
         <v>T8</v>
       </c>
       <c r="C11">
         <v>8</v>
       </c>
       <c r="D11" t="str">
         <v>Shamus McDougall</v>
       </c>
       <c r="E11">
         <v>-2</v>
       </c>
       <c r="F11">
         <v>52</v>
       </c>
+      <c r="G11">
+        <v>303610</v>
+      </c>
       <c r="H11" t="str">
         <v>shamusmcd</v>
       </c>
       <c r="I11">
         <v>-2</v>
       </c>
       <c r="J11">
         <v>52</v>
       </c>
       <c r="K11">
         <v>3</v>
       </c>
       <c r="L11">
         <v>2</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
       <c r="N11">
         <v>4</v>
       </c>
       <c r="O11">
         <v>3</v>
       </c>
       <c r="P11">