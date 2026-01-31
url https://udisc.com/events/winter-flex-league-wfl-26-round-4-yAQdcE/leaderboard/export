--- v0 (2026-01-11)
+++ v1 (2026-01-31)
@@ -5095,51 +5095,51 @@
       </c>
       <c r="AB3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>MA3</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Jennifer Ponce</v>
       </c>
       <c r="E4">
         <v>10</v>
       </c>
       <c r="F4">
         <v>65</v>
       </c>
       <c r="H4" t="str">
-        <v>jenvel</v>
+        <v>jenniferpv</v>
       </c>
       <c r="I4">
         <v>10</v>
       </c>
       <c r="J4">
         <v>65</v>
       </c>
       <c r="K4">
         <v>4</v>
       </c>
       <c r="L4">
         <v>5</v>
       </c>
       <c r="M4">
         <v>4</v>
       </c>
       <c r="N4">
         <v>3</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>