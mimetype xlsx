--- v0 (2026-01-11)
+++ v1 (2026-01-31)
@@ -414,51 +414,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AB32"/>
+  <dimension ref="A1:AB33"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="11.83203125" customWidth="1"/>
     <col min="8" max="8" width="8.83203125" customWidth="1"/>
     <col min="9" max="9" width="20.83203125" customWidth="1"/>
     <col min="10" max="10" width="17.83203125" customWidth="1"/>
     <col min="11" max="11" width="6.83203125" customWidth="1"/>
     <col min="12" max="12" width="6.83203125" customWidth="1"/>
     <col min="13" max="13" width="6.83203125" customWidth="1"/>
     <col min="14" max="14" width="6.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="7.83203125" customWidth="1"/>
     <col min="21" max="21" width="7.83203125" customWidth="1"/>
@@ -2927,51 +2927,51 @@
       </c>
       <c r="AB29">
         <v>3</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>MA3</v>
       </c>
       <c r="B30" t="str">
         <v>T2</v>
       </c>
       <c r="C30">
         <v>2</v>
       </c>
       <c r="D30" t="str">
         <v>Jennifer Ponce</v>
       </c>
       <c r="E30">
         <v>3</v>
       </c>
       <c r="F30">
         <v>57</v>
       </c>
       <c r="H30" t="str">
-        <v>jenvel</v>
+        <v>jenniferpv</v>
       </c>
       <c r="I30">
         <v>3</v>
       </c>
       <c r="J30">
         <v>57</v>
       </c>
       <c r="K30">
         <v>3</v>
       </c>
       <c r="L30">
         <v>2</v>
       </c>
       <c r="M30">
         <v>3</v>
       </c>
       <c r="N30">
         <v>3</v>
       </c>
       <c r="O30">
         <v>3</v>
       </c>
       <c r="P30">
         <v>3</v>
       </c>
@@ -2995,214 +2995,297 @@
       </c>
       <c r="W30">
         <v>4</v>
       </c>
       <c r="X30">
         <v>5</v>
       </c>
       <c r="Y30">
         <v>3</v>
       </c>
       <c r="Z30">
         <v>4</v>
       </c>
       <c r="AA30">
         <v>4</v>
       </c>
       <c r="AB30">
         <v>2</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>MA3</v>
       </c>
       <c r="B31" t="str">
-        <v>T5</v>
+        <v>5</v>
       </c>
       <c r="C31">
         <v>5</v>
       </c>
       <c r="D31" t="str">
-        <v>Ken Hayes</v>
+        <v>Allie McKimm</v>
       </c>
       <c r="E31">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="F31">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="H31" t="str">
-        <v>hayes4</v>
+        <v>alliemckimm</v>
       </c>
       <c r="I31">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="J31">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="K31">
         <v>3</v>
       </c>
       <c r="L31">
         <v>3</v>
       </c>
       <c r="M31">
         <v>2</v>
       </c>
       <c r="N31">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O31">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="P31">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Q31">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R31">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S31">
         <v>3</v>
       </c>
       <c r="T31">
         <v>3</v>
       </c>
       <c r="U31">
         <v>4</v>
       </c>
       <c r="V31">
         <v>4</v>
       </c>
       <c r="W31">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X31">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y31">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z31">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA31">
         <v>3</v>
       </c>
       <c r="AB31">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>MA3</v>
       </c>
       <c r="B32" t="str">
-        <v>T5</v>
+        <v>T6</v>
       </c>
       <c r="C32">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D32" t="str">
-        <v>Linden Bell</v>
+        <v>Ken Hayes</v>
       </c>
       <c r="E32">
         <v>6</v>
       </c>
       <c r="F32">
         <v>60</v>
       </c>
       <c r="H32" t="str">
-        <v>lindenbell</v>
+        <v>hayes4</v>
       </c>
       <c r="I32">
         <v>6</v>
       </c>
       <c r="J32">
         <v>60</v>
       </c>
       <c r="K32">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L32">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M32">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N32">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O32">
+        <v>5</v>
+      </c>
+      <c r="P32">
+        <v>5</v>
+      </c>
+      <c r="Q32">
+        <v>2</v>
+      </c>
+      <c r="R32">
+        <v>4</v>
+      </c>
+      <c r="S32">
+        <v>3</v>
+      </c>
+      <c r="T32">
+        <v>3</v>
+      </c>
+      <c r="U32">
+        <v>4</v>
+      </c>
+      <c r="V32">
+        <v>4</v>
+      </c>
+      <c r="W32">
+        <v>4</v>
+      </c>
+      <c r="X32">
+        <v>3</v>
+      </c>
+      <c r="Y32">
+        <v>3</v>
+      </c>
+      <c r="Z32">
+        <v>4</v>
+      </c>
+      <c r="AA32">
+        <v>3</v>
+      </c>
+      <c r="AB32">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="str">
+        <v>MA3</v>
+      </c>
+      <c r="B33" t="str">
+        <v>T6</v>
+      </c>
+      <c r="C33">
         <v>6</v>
       </c>
-      <c r="P32">
-[...5 lines deleted...]
-      <c r="R32">
+      <c r="D33" t="str">
+        <v>Linden Bell</v>
+      </c>
+      <c r="E33">
+        <v>6</v>
+      </c>
+      <c r="F33">
+        <v>60</v>
+      </c>
+      <c r="H33" t="str">
+        <v>lindenbell</v>
+      </c>
+      <c r="I33">
+        <v>6</v>
+      </c>
+      <c r="J33">
+        <v>60</v>
+      </c>
+      <c r="K33">
+        <v>4</v>
+      </c>
+      <c r="L33">
+        <v>2</v>
+      </c>
+      <c r="M33">
+        <v>3</v>
+      </c>
+      <c r="N33">
+        <v>3</v>
+      </c>
+      <c r="O33">
+        <v>6</v>
+      </c>
+      <c r="P33">
+        <v>3</v>
+      </c>
+      <c r="Q33">
+        <v>2</v>
+      </c>
+      <c r="R33">
         <v>5</v>
       </c>
-      <c r="S32">
-[...26 lines deleted...]
-      <c r="AB32">
+      <c r="S33">
+        <v>3</v>
+      </c>
+      <c r="T33">
+        <v>4</v>
+      </c>
+      <c r="U33">
+        <v>4</v>
+      </c>
+      <c r="V33">
+        <v>4</v>
+      </c>
+      <c r="W33">
+        <v>3</v>
+      </c>
+      <c r="X33">
+        <v>3</v>
+      </c>
+      <c r="Y33">
+        <v>3</v>
+      </c>
+      <c r="Z33">
+        <v>2</v>
+      </c>
+      <c r="AA33">
+        <v>4</v>
+      </c>
+      <c r="AB33">
         <v>2</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AB32"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AB33"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:AB26"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="11.83203125" customWidth="1"/>
     <col min="8" max="8" width="8.83203125" customWidth="1"/>
     <col min="9" max="9" width="20.83203125" customWidth="1"/>
     <col min="10" max="10" width="17.83203125" customWidth="1"/>
     <col min="11" max="11" width="6.83203125" customWidth="1"/>
     <col min="12" max="12" width="6.83203125" customWidth="1"/>
     <col min="13" max="13" width="6.83203125" customWidth="1"/>
     <col min="14" max="14" width="6.83203125" customWidth="1"/>
@@ -5379,51 +5462,51 @@
       <c r="X26">
         <v>3</v>
       </c>
       <c r="Y26">
         <v>4</v>
       </c>
       <c r="Z26">
         <v>4</v>
       </c>
       <c r="AA26">
         <v>4</v>
       </c>
       <c r="AB26">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB26"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AB4"/>
+  <dimension ref="A1:AB3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="11.83203125" customWidth="1"/>
     <col min="8" max="8" width="8.83203125" customWidth="1"/>
     <col min="9" max="9" width="20.83203125" customWidth="1"/>
     <col min="10" max="10" width="17.83203125" customWidth="1"/>
     <col min="11" max="11" width="6.83203125" customWidth="1"/>
     <col min="12" max="12" width="6.83203125" customWidth="1"/>
     <col min="13" max="13" width="6.83203125" customWidth="1"/>
     <col min="14" max="14" width="6.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="7.83203125" customWidth="1"/>
     <col min="21" max="21" width="7.83203125" customWidth="1"/>
@@ -5502,303 +5585,220 @@
       </c>
       <c r="V1" t="str">
         <v>hole_12</v>
       </c>
       <c r="W1" t="str">
         <v>hole_13</v>
       </c>
       <c r="X1" t="str">
         <v>hole_14</v>
       </c>
       <c r="Y1" t="str">
         <v>hole_15</v>
       </c>
       <c r="Z1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AA1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
-        <v>FA3</v>
+        <v>MJ15</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
-        <v>Allie McKimm</v>
+        <v>Dagen Hayes</v>
       </c>
       <c r="E2">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F2">
-        <v>58</v>
+        <v>56</v>
+      </c>
+      <c r="G2">
+        <v>298604</v>
       </c>
       <c r="H2" t="str">
-        <v>alliemckimm</v>
+        <v>daghaze</v>
       </c>
       <c r="I2">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="J2">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="K2">
         <v>3</v>
       </c>
       <c r="L2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M2">
         <v>2</v>
       </c>
       <c r="N2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O2">
         <v>4</v>
       </c>
       <c r="P2">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="Q2">
         <v>3</v>
       </c>
       <c r="R2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S2">
         <v>3</v>
       </c>
       <c r="T2">
         <v>3</v>
       </c>
       <c r="U2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V2">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="W2">
         <v>3</v>
       </c>
       <c r="X2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA2">
         <v>3</v>
       </c>
       <c r="AB2">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>MJ15</v>
       </c>
       <c r="B3" t="str">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D3" t="str">
-        <v>Dagen Hayes</v>
+        <v>Levi Buchanan</v>
       </c>
       <c r="E3">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="F3">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>298604</v>
+        <v>65</v>
       </c>
       <c r="H3" t="str">
-        <v>daghaze</v>
+        <v>korpalfunk</v>
       </c>
       <c r="I3">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="J3">
-        <v>56</v>
+        <v>65</v>
       </c>
       <c r="K3">
         <v>3</v>
       </c>
       <c r="L3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="M3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N3">
         <v>3</v>
       </c>
       <c r="O3">
         <v>4</v>
       </c>
       <c r="P3">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="Q3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R3">
         <v>4</v>
       </c>
       <c r="S3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="T3">
         <v>3</v>
       </c>
       <c r="U3">
         <v>3</v>
       </c>
       <c r="V3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y3">
         <v>3</v>
       </c>
       <c r="Z3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AA3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB3">
-        <v>3</v>
-[...81 lines deleted...]
-      <c r="AB4">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AB4"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AB3"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Pool A(MA1,MPO) - Round 1</vt:lpstr>
       <vt:lpstr>Pool B(MA2,FA2) - Round 1</vt:lpstr>
       <vt:lpstr>Pool C(MA3,MJ15) - Round 1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>