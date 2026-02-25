--- v1 (2026-01-31)
+++ v2 (2026-02-25)
@@ -812,50 +812,53 @@
         <v>3</v>
       </c>
       <c r="AB4">
         <v>2</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>MPO</v>
       </c>
       <c r="B5" t="str">
         <v>T3</v>
       </c>
       <c r="C5">
         <v>3</v>
       </c>
       <c r="D5" t="str">
         <v>Shamus McDougall</v>
       </c>
       <c r="E5">
         <v>-5</v>
       </c>
       <c r="F5">
         <v>49</v>
       </c>
+      <c r="G5">
+        <v>303610</v>
+      </c>
       <c r="H5" t="str">
         <v>shamusmcd</v>
       </c>
       <c r="I5">
         <v>-5</v>
       </c>
       <c r="J5">
         <v>49</v>
       </c>
       <c r="K5">
         <v>2</v>
       </c>
       <c r="L5">
         <v>2</v>
       </c>
       <c r="M5">
         <v>2</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">