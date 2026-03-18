--- v2 (2026-02-25)
+++ v3 (2026-03-18)
@@ -2846,50 +2846,53 @@
         <v>4</v>
       </c>
       <c r="AB28">
         <v>3</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>MA3</v>
       </c>
       <c r="B29" t="str">
         <v>T2</v>
       </c>
       <c r="C29">
         <v>2</v>
       </c>
       <c r="D29" t="str">
         <v xml:space="preserve">Aidan Eccleston </v>
       </c>
       <c r="E29">
         <v>3</v>
       </c>
       <c r="F29">
         <v>57</v>
       </c>
+      <c r="G29">
+        <v>322858</v>
+      </c>
       <c r="H29" t="str">
         <v>aldzgod</v>
       </c>
       <c r="I29">
         <v>3</v>
       </c>
       <c r="J29">
         <v>57</v>
       </c>
       <c r="K29">
         <v>3</v>
       </c>
       <c r="L29">
         <v>3</v>
       </c>
       <c r="M29">
         <v>3</v>
       </c>
       <c r="N29">
         <v>3</v>
       </c>
       <c r="O29">
         <v>3</v>
       </c>
       <c r="P29">