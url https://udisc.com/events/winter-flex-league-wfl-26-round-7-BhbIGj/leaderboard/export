--- v0 (2026-01-31)
+++ v1 (2026-02-25)
@@ -1,66 +1,68 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="bin" ContentType="application/vnd.ms-excel.sheet.binary.macroEnabled.main"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="data" ContentType="application/vnd.openxmlformats-officedocument.model+data"/>
   <Default Extension="bmp" ContentType="image/bmp"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="tif" ContentType="image/tiff"/>
   <Default Extension="tiff" ContentType="image/tiff"/>
   <Default Extension="pdf" ContentType="application/pdf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="Pool A(MA1,MPO) - Round 1" sheetId="1" r:id="rId1"/>
-    <sheet name="Pool B(MA2) - Round 1" sheetId="2" r:id="rId2"/>
-    <sheet name="Pool C(MA3,MJ15) - Round 1" sheetId="3" r:id="rId3"/>
+    <sheet name="Pool B(FA2) - Round 1" sheetId="2" r:id="rId2"/>
+    <sheet name="Pool B(MA2) - Round 1" sheetId="3" r:id="rId3"/>
+    <sheet name="Pool C(MA3,MJ15) - Round 1" sheetId="4" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xlrd="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata" xmlns:xda="http://schemas.microsoft.com/office/spreadsheetml/2017/dynamicarray">
   <metadataTypes count="1">
     <metadataType name="XLDAPR" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1" cellMeta="1"/>
   </metadataTypes>
   <futureMetadata name="XLDAPR" count="1">
     <bk>
       <extLst>
         <ext uri="{bdbb8cdc-fa1e-496e-a857-3c3f30c029c3}">
           <xda:dynamicArrayProperties fDynamic="1" fCollapsed="0"/>
         </ext>
       </extLst>
     </bk>
   </futureMetadata>
   <cellMetadata count="1">
     <bk>
       <rc t="1" v="0"/>
     </bk>
   </cellMetadata>
 </metadata>
 </file>
@@ -89,51 +91,51 @@
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleMedium4"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -414,51 +416,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AB16"/>
+  <dimension ref="A1:AB33"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="11.83203125" customWidth="1"/>
     <col min="8" max="8" width="8.83203125" customWidth="1"/>
     <col min="9" max="9" width="20.83203125" customWidth="1"/>
     <col min="10" max="10" width="17.83203125" customWidth="1"/>
     <col min="11" max="11" width="6.83203125" customWidth="1"/>
     <col min="12" max="12" width="6.83203125" customWidth="1"/>
     <col min="13" max="13" width="6.83203125" customWidth="1"/>
     <col min="14" max="14" width="6.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="7.83203125" customWidth="1"/>
     <col min="21" max="21" width="7.83203125" customWidth="1"/>
@@ -546,787 +548,2705 @@
       </c>
       <c r="Y1" t="str">
         <v>hole_15</v>
       </c>
       <c r="Z1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AA1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>MPO</v>
       </c>
       <c r="B2" t="str">
         <v>T1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
-        <v>Torin West</v>
+        <v>Chad Kaila</v>
       </c>
       <c r="E2">
-        <v>0</v>
+        <v>-3</v>
       </c>
       <c r="F2">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="G2">
-        <v>169219</v>
+        <v>117215</v>
       </c>
       <c r="H2" t="str">
-        <v>stormcrest</v>
+        <v>chud15</v>
       </c>
       <c r="I2">
-        <v>0</v>
+        <v>-3</v>
       </c>
       <c r="J2">
-        <v>48</v>
+        <v>55</v>
+      </c>
+      <c r="K2">
+        <v>4</v>
+      </c>
+      <c r="L2">
+        <v>3</v>
+      </c>
+      <c r="M2">
+        <v>3</v>
       </c>
       <c r="N2">
         <v>4</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
       <c r="P2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q2">
         <v>3</v>
       </c>
       <c r="R2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S2">
         <v>2</v>
       </c>
       <c r="T2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U2">
         <v>3</v>
       </c>
       <c r="V2">
         <v>2</v>
       </c>
       <c r="W2">
         <v>3</v>
       </c>
       <c r="X2">
         <v>3</v>
       </c>
       <c r="Y2">
         <v>3</v>
       </c>
       <c r="Z2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA2">
         <v>4</v>
       </c>
       <c r="AB2">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>MPO</v>
       </c>
       <c r="B3" t="str">
         <v>T1</v>
       </c>
       <c r="C3">
         <v>1</v>
       </c>
       <c r="D3" t="str">
-        <v>Dave Smith</v>
+        <v>Will Henderson</v>
       </c>
       <c r="E3">
-        <v>0</v>
+        <v>-3</v>
       </c>
       <c r="F3">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="G3">
-        <v>216441</v>
+        <v>129900</v>
       </c>
       <c r="H3" t="str">
-        <v>smitty149</v>
+        <v>whenderson</v>
       </c>
       <c r="I3">
-        <v>0</v>
+        <v>-3</v>
       </c>
       <c r="J3">
-        <v>48</v>
+        <v>55</v>
+      </c>
+      <c r="K3">
+        <v>4</v>
+      </c>
+      <c r="L3">
+        <v>4</v>
+      </c>
+      <c r="M3">
+        <v>2</v>
       </c>
       <c r="N3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O3">
         <v>4</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>
       <c r="Q3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R3">
         <v>3</v>
       </c>
       <c r="S3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T3">
         <v>3</v>
       </c>
       <c r="U3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y3">
         <v>3</v>
       </c>
       <c r="Z3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AA3">
         <v>4</v>
       </c>
       <c r="AB3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>MPO</v>
       </c>
       <c r="B4" t="str">
-        <v>T3</v>
+        <v>T1</v>
       </c>
       <c r="C4">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D4" t="str">
-        <v>Blair Desjardins</v>
+        <v>Rick Collins</v>
       </c>
       <c r="E4">
-        <v>2</v>
+        <v>-3</v>
       </c>
       <c r="F4">
-        <v>29</v>
+        <v>55</v>
       </c>
       <c r="G4">
-        <v>235366</v>
+        <v>201799</v>
       </c>
       <c r="H4" t="str">
-        <v>blairsville</v>
+        <v>rickcollins</v>
       </c>
       <c r="I4">
-        <v>2</v>
+        <v>-3</v>
       </c>
       <c r="J4">
-        <v>29</v>
+        <v>55</v>
       </c>
       <c r="K4">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="L4">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="M4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N4">
         <v>4</v>
       </c>
       <c r="O4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
       <c r="Q4">
         <v>3</v>
       </c>
       <c r="R4">
-        <v>2</v>
+        <v>3</v>
+      </c>
+      <c r="S4">
+        <v>2</v>
+      </c>
+      <c r="T4">
+        <v>2</v>
+      </c>
+      <c r="U4">
+        <v>3</v>
+      </c>
+      <c r="V4">
+        <v>2</v>
+      </c>
+      <c r="W4">
+        <v>4</v>
+      </c>
+      <c r="X4">
+        <v>3</v>
+      </c>
+      <c r="Y4">
+        <v>3</v>
+      </c>
+      <c r="Z4">
+        <v>4</v>
+      </c>
+      <c r="AA4">
+        <v>3</v>
+      </c>
+      <c r="AB4">
+        <v>4</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>MPO</v>
       </c>
       <c r="B5" t="str">
-        <v>T3</v>
+        <v>4</v>
       </c>
       <c r="C5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D5" t="str">
-        <v>Shamus McDougall</v>
+        <v>Emmet Buchanan</v>
       </c>
       <c r="E5">
-        <v>2</v>
+        <v>-2</v>
       </c>
       <c r="F5">
-        <v>29</v>
+        <v>56</v>
+      </c>
+      <c r="G5">
+        <v>285420</v>
       </c>
       <c r="H5" t="str">
-        <v>shamusmcd</v>
+        <v>emmetb</v>
       </c>
       <c r="I5">
-        <v>2</v>
+        <v>-2</v>
       </c>
       <c r="J5">
-        <v>29</v>
+        <v>56</v>
       </c>
       <c r="K5">
         <v>2</v>
       </c>
       <c r="L5">
         <v>4</v>
       </c>
       <c r="M5">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="N5">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="O5">
         <v>4</v>
       </c>
       <c r="P5">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Q5">
         <v>3</v>
       </c>
       <c r="R5">
+        <v>2</v>
+      </c>
+      <c r="S5">
+        <v>3</v>
+      </c>
+      <c r="T5">
+        <v>2</v>
+      </c>
+      <c r="U5">
+        <v>2</v>
+      </c>
+      <c r="V5">
+        <v>4</v>
+      </c>
+      <c r="W5">
+        <v>2</v>
+      </c>
+      <c r="X5">
+        <v>3</v>
+      </c>
+      <c r="Y5">
+        <v>2</v>
+      </c>
+      <c r="Z5">
+        <v>4</v>
+      </c>
+      <c r="AA5">
+        <v>4</v>
+      </c>
+      <c r="AB5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>MPO</v>
       </c>
+      <c r="B6" t="str">
+        <v>5</v>
+      </c>
+      <c r="C6">
+        <v>5</v>
+      </c>
       <c r="D6" t="str">
-        <v>Emmet Buchanan</v>
+        <v>Scott France</v>
       </c>
       <c r="E6">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="F6">
-        <v>0</v>
+        <v>57</v>
       </c>
       <c r="G6">
-        <v>285420</v>
+        <v>130761</v>
       </c>
       <c r="H6" t="str">
-        <v>emmetb</v>
+        <v>scottfrance</v>
       </c>
       <c r="I6">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="J6">
-        <v>0</v>
+        <v>57</v>
+      </c>
+      <c r="K6">
+        <v>2</v>
+      </c>
+      <c r="L6">
+        <v>6</v>
+      </c>
+      <c r="M6">
+        <v>2</v>
+      </c>
+      <c r="N6">
+        <v>4</v>
+      </c>
+      <c r="O6">
+        <v>4</v>
+      </c>
+      <c r="P6">
+        <v>3</v>
+      </c>
+      <c r="Q6">
+        <v>3</v>
+      </c>
+      <c r="R6">
+        <v>4</v>
+      </c>
+      <c r="S6">
+        <v>3</v>
+      </c>
+      <c r="T6">
+        <v>3</v>
+      </c>
+      <c r="U6">
+        <v>2</v>
+      </c>
+      <c r="V6">
+        <v>2</v>
+      </c>
+      <c r="W6">
+        <v>2</v>
+      </c>
+      <c r="X6">
+        <v>3</v>
+      </c>
+      <c r="Y6">
+        <v>3</v>
+      </c>
+      <c r="Z6">
+        <v>4</v>
+      </c>
+      <c r="AA6">
+        <v>4</v>
+      </c>
+      <c r="AB6">
+        <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
-        <v>MA1</v>
+        <v>MPO</v>
       </c>
       <c r="B7" t="str">
+        <v>6</v>
+      </c>
+      <c r="C7">
+        <v>6</v>
+      </c>
+      <c r="D7" t="str">
+        <v>Dave Smith</v>
+      </c>
+      <c r="E7">
         <v>1</v>
       </c>
-      <c r="C7">
+      <c r="F7">
+        <v>59</v>
+      </c>
+      <c r="G7">
+        <v>216441</v>
+      </c>
+      <c r="H7" t="str">
+        <v>smitty149</v>
+      </c>
+      <c r="I7">
         <v>1</v>
       </c>
-      <c r="D7" t="str">
-[...13 lines deleted...]
-      </c>
       <c r="J7">
-        <v>47</v>
+        <v>59</v>
+      </c>
+      <c r="K7">
+        <v>4</v>
+      </c>
+      <c r="L7">
+        <v>4</v>
+      </c>
+      <c r="M7">
+        <v>3</v>
       </c>
       <c r="N7">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="O7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R7">
         <v>3</v>
       </c>
       <c r="S7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U7">
         <v>2</v>
       </c>
       <c r="V7">
         <v>2</v>
       </c>
       <c r="W7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X7">
         <v>3</v>
       </c>
       <c r="Y7">
         <v>3</v>
       </c>
       <c r="Z7">
         <v>4</v>
       </c>
       <c r="AA7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB7">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
-        <v>MA1</v>
+        <v>MPO</v>
       </c>
       <c r="B8" t="str">
-        <v>2</v>
+        <v>T7</v>
       </c>
       <c r="C8">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="D8" t="str">
-        <v>Nick Hopewell</v>
+        <v>Torin West</v>
       </c>
       <c r="E8">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F8">
-        <v>10</v>
+        <v>60</v>
+      </c>
+      <c r="G8">
+        <v>169219</v>
       </c>
       <c r="H8" t="str">
-        <v>nickhopes</v>
+        <v>stormcrest</v>
       </c>
       <c r="I8">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="J8">
-        <v>10</v>
+        <v>60</v>
       </c>
       <c r="K8">
         <v>3</v>
       </c>
       <c r="L8">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M8">
-        <v>3</v>
+        <v>4</v>
+      </c>
+      <c r="N8">
+        <v>4</v>
+      </c>
+      <c r="O8">
+        <v>3</v>
+      </c>
+      <c r="P8">
+        <v>4</v>
+      </c>
+      <c r="Q8">
+        <v>3</v>
+      </c>
+      <c r="R8">
+        <v>2</v>
+      </c>
+      <c r="S8">
+        <v>2</v>
+      </c>
+      <c r="T8">
+        <v>4</v>
+      </c>
+      <c r="U8">
+        <v>3</v>
+      </c>
+      <c r="V8">
+        <v>2</v>
+      </c>
+      <c r="W8">
+        <v>3</v>
+      </c>
+      <c r="X8">
+        <v>3</v>
+      </c>
+      <c r="Y8">
+        <v>3</v>
+      </c>
+      <c r="Z8">
+        <v>4</v>
+      </c>
+      <c r="AA8">
+        <v>4</v>
+      </c>
+      <c r="AB8">
+        <v>4</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
-        <v>MA1</v>
+        <v>MPO</v>
       </c>
       <c r="B9" t="str">
-        <v>3</v>
+        <v>T7</v>
       </c>
       <c r="C9">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="D9" t="str">
-        <v>Johannes Heitzeberg</v>
+        <v>Blair Desjardins</v>
       </c>
       <c r="E9">
         <v>2</v>
       </c>
       <c r="F9">
-        <v>12</v>
+        <v>60</v>
+      </c>
+      <c r="G9">
+        <v>235366</v>
       </c>
       <c r="H9" t="str">
-        <v>seenmydisc</v>
+        <v>blairsville</v>
       </c>
       <c r="I9">
         <v>2</v>
       </c>
       <c r="J9">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="K9">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L9">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="M9">
+        <v>3</v>
+      </c>
+      <c r="N9">
+        <v>4</v>
+      </c>
+      <c r="O9">
+        <v>4</v>
+      </c>
+      <c r="P9">
+        <v>3</v>
+      </c>
+      <c r="Q9">
+        <v>3</v>
+      </c>
+      <c r="R9">
+        <v>2</v>
+      </c>
+      <c r="S9">
+        <v>2</v>
+      </c>
+      <c r="T9">
+        <v>4</v>
+      </c>
+      <c r="U9">
+        <v>3</v>
+      </c>
+      <c r="V9">
+        <v>4</v>
+      </c>
+      <c r="W9">
+        <v>3</v>
+      </c>
+      <c r="X9">
+        <v>3</v>
+      </c>
+      <c r="Y9">
+        <v>4</v>
+      </c>
+      <c r="Z9">
+        <v>2</v>
+      </c>
+      <c r="AA9">
+        <v>3</v>
+      </c>
+      <c r="AB9">
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
-        <v>MA1</v>
+        <v>MPO</v>
       </c>
       <c r="B10" t="str">
-        <v>T4</v>
+        <v>T7</v>
       </c>
       <c r="C10">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D10" t="str">
-        <v>Michael McTaggart</v>
+        <v>Shamus McDougall</v>
       </c>
       <c r="E10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F10">
-        <v>13</v>
+        <v>60</v>
+      </c>
+      <c r="G10">
+        <v>303610</v>
       </c>
       <c r="H10" t="str">
-        <v>mctaggart</v>
+        <v>shamusmcd</v>
       </c>
       <c r="I10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="J10">
-        <v>13</v>
+        <v>60</v>
       </c>
       <c r="K10">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="L10">
         <v>4</v>
       </c>
       <c r="M10">
+        <v>3</v>
+      </c>
+      <c r="N10">
+        <v>5</v>
+      </c>
+      <c r="O10">
+        <v>4</v>
+      </c>
+      <c r="P10">
+        <v>5</v>
+      </c>
+      <c r="Q10">
+        <v>3</v>
+      </c>
+      <c r="R10">
+        <v>4</v>
+      </c>
+      <c r="S10">
+        <v>3</v>
+      </c>
+      <c r="T10">
+        <v>3</v>
+      </c>
+      <c r="U10">
+        <v>3</v>
+      </c>
+      <c r="V10">
+        <v>3</v>
+      </c>
+      <c r="W10">
+        <v>3</v>
+      </c>
+      <c r="X10">
+        <v>3</v>
+      </c>
+      <c r="Y10">
+        <v>3</v>
+      </c>
+      <c r="Z10">
+        <v>2</v>
+      </c>
+      <c r="AA10">
+        <v>4</v>
+      </c>
+      <c r="AB10">
         <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
-        <v>MA1</v>
+        <v>MPO</v>
       </c>
       <c r="B11" t="str">
-        <v>T4</v>
+        <v>10</v>
       </c>
       <c r="C11">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="D11" t="str">
-        <v xml:space="preserve">Stephen King </v>
+        <v>Geoff MacIver</v>
       </c>
       <c r="E11">
         <v>3</v>
       </c>
       <c r="F11">
-        <v>30</v>
+        <v>61</v>
+      </c>
+      <c r="G11">
+        <v>94669</v>
       </c>
       <c r="H11" t="str">
-        <v>steveoking</v>
+        <v>gmaciver</v>
       </c>
       <c r="I11">
         <v>3</v>
       </c>
       <c r="J11">
-        <v>30</v>
+        <v>61</v>
       </c>
       <c r="K11">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L11">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
       <c r="N11">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="O11">
         <v>4</v>
       </c>
       <c r="P11">
         <v>4</v>
       </c>
       <c r="Q11">
         <v>3</v>
       </c>
       <c r="R11">
         <v>3</v>
+      </c>
+      <c r="S11">
+        <v>2</v>
+      </c>
+      <c r="T11">
+        <v>3</v>
+      </c>
+      <c r="U11">
+        <v>3</v>
+      </c>
+      <c r="V11">
+        <v>2</v>
+      </c>
+      <c r="W11">
+        <v>3</v>
+      </c>
+      <c r="X11">
+        <v>3</v>
+      </c>
+      <c r="Y11">
+        <v>3</v>
+      </c>
+      <c r="Z11">
+        <v>4</v>
+      </c>
+      <c r="AA11">
+        <v>3</v>
+      </c>
+      <c r="AB11">
+        <v>2</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
-        <v>MA1</v>
+        <v>MPO</v>
       </c>
       <c r="B12" t="str">
-        <v>T4</v>
+        <v>11</v>
       </c>
       <c r="C12">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="D12" t="str">
-        <v>Brad Weber</v>
+        <v>Todd Fowler</v>
       </c>
       <c r="E12">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="F12">
-        <v>51</v>
+        <v>64</v>
       </c>
       <c r="G12">
-        <v>156548</v>
+        <v>206281</v>
       </c>
       <c r="H12" t="str">
-        <v>bradweber</v>
+        <v>brewmastert</v>
       </c>
       <c r="I12">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="J12">
-        <v>51</v>
+        <v>64</v>
+      </c>
+      <c r="K12">
+        <v>3</v>
+      </c>
+      <c r="L12">
+        <v>7</v>
+      </c>
+      <c r="M12">
+        <v>4</v>
       </c>
       <c r="N12">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="O12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P12">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Q12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R12">
         <v>2</v>
       </c>
       <c r="S12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U12">
         <v>3</v>
       </c>
       <c r="V12">
         <v>3</v>
       </c>
       <c r="W12">
         <v>3</v>
       </c>
       <c r="X12">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Y12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA12">
         <v>4</v>
       </c>
       <c r="AB12">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
-        <v>MA1</v>
+        <v>MPO</v>
       </c>
       <c r="B13" t="str">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>DNF</v>
       </c>
       <c r="D13" t="str">
-        <v>Trevor Gilbertson</v>
+        <v>John Anthony</v>
       </c>
       <c r="E13">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="F13">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="G13">
-        <v>242916</v>
+        <v>61147</v>
       </c>
       <c r="H13" t="str">
-        <v>careerchip</v>
+        <v>john23</v>
       </c>
       <c r="I13">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="J13">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="K13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L13">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="M13">
         <v>3</v>
       </c>
       <c r="N13">
         <v>5</v>
       </c>
       <c r="O13">
         <v>4</v>
       </c>
       <c r="P13">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Q13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R13">
+        <v>3</v>
+      </c>
+      <c r="S13">
+        <v>2</v>
+      </c>
+      <c r="T13">
         <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>MA1</v>
       </c>
+      <c r="B14" t="str">
+        <v>1</v>
+      </c>
+      <c r="C14">
+        <v>1</v>
+      </c>
       <c r="D14" t="str">
-        <v xml:space="preserve">Kevin Bruleigh </v>
+        <v>Mike Barnes</v>
       </c>
       <c r="E14">
-        <v>0</v>
+        <v>-6</v>
       </c>
       <c r="F14">
-        <v>0</v>
+        <v>52</v>
       </c>
       <c r="H14" t="str">
-        <v>kbruleigh</v>
+        <v>mrmike</v>
       </c>
       <c r="I14">
-        <v>0</v>
+        <v>-6</v>
       </c>
       <c r="J14">
-        <v>0</v>
+        <v>52</v>
+      </c>
+      <c r="K14">
+        <v>2</v>
+      </c>
+      <c r="L14">
+        <v>4</v>
+      </c>
+      <c r="M14">
+        <v>3</v>
+      </c>
+      <c r="N14">
+        <v>4</v>
+      </c>
+      <c r="O14">
+        <v>3</v>
+      </c>
+      <c r="P14">
+        <v>3</v>
+      </c>
+      <c r="Q14">
+        <v>2</v>
+      </c>
+      <c r="R14">
+        <v>3</v>
+      </c>
+      <c r="S14">
+        <v>2</v>
+      </c>
+      <c r="T14">
+        <v>2</v>
+      </c>
+      <c r="U14">
+        <v>3</v>
+      </c>
+      <c r="V14">
+        <v>3</v>
+      </c>
+      <c r="W14">
+        <v>3</v>
+      </c>
+      <c r="X14">
+        <v>3</v>
+      </c>
+      <c r="Y14">
+        <v>3</v>
+      </c>
+      <c r="Z14">
+        <v>3</v>
+      </c>
+      <c r="AA14">
+        <v>3</v>
+      </c>
+      <c r="AB14">
+        <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>MA1</v>
       </c>
+      <c r="B15" t="str">
+        <v>T2</v>
+      </c>
+      <c r="C15">
+        <v>2</v>
+      </c>
       <c r="D15" t="str">
-        <v>Bryan Franey</v>
+        <v>Kyle Sharpe</v>
       </c>
       <c r="E15">
-        <v>0</v>
+        <v>-3</v>
       </c>
       <c r="F15">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>296592</v>
+        <v>55</v>
       </c>
       <c r="H15" t="str">
-        <v>bryfry</v>
+        <v>notsosharpe</v>
       </c>
       <c r="I15">
-        <v>0</v>
+        <v>-3</v>
       </c>
       <c r="J15">
-        <v>0</v>
+        <v>55</v>
+      </c>
+      <c r="K15">
+        <v>4</v>
+      </c>
+      <c r="L15">
+        <v>3</v>
+      </c>
+      <c r="M15">
+        <v>2</v>
+      </c>
+      <c r="N15">
+        <v>4</v>
+      </c>
+      <c r="O15">
+        <v>3</v>
+      </c>
+      <c r="P15">
+        <v>3</v>
+      </c>
+      <c r="Q15">
+        <v>3</v>
+      </c>
+      <c r="R15">
+        <v>3</v>
+      </c>
+      <c r="S15">
+        <v>3</v>
+      </c>
+      <c r="T15">
+        <v>2</v>
+      </c>
+      <c r="U15">
+        <v>4</v>
+      </c>
+      <c r="V15">
+        <v>2</v>
+      </c>
+      <c r="W15">
+        <v>2</v>
+      </c>
+      <c r="X15">
+        <v>3</v>
+      </c>
+      <c r="Y15">
+        <v>3</v>
+      </c>
+      <c r="Z15">
+        <v>3</v>
+      </c>
+      <c r="AA15">
+        <v>4</v>
+      </c>
+      <c r="AB15">
+        <v>4</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>MA1</v>
       </c>
+      <c r="B16" t="str">
+        <v>T2</v>
+      </c>
+      <c r="C16">
+        <v>2</v>
+      </c>
       <c r="D16" t="str">
+        <v>Tony luchin</v>
+      </c>
+      <c r="E16">
+        <v>-3</v>
+      </c>
+      <c r="F16">
+        <v>55</v>
+      </c>
+      <c r="H16" t="str">
+        <v>thelooch</v>
+      </c>
+      <c r="I16">
+        <v>-3</v>
+      </c>
+      <c r="J16">
+        <v>55</v>
+      </c>
+      <c r="K16">
+        <v>3</v>
+      </c>
+      <c r="L16">
+        <v>5</v>
+      </c>
+      <c r="M16">
+        <v>3</v>
+      </c>
+      <c r="N16">
+        <v>3</v>
+      </c>
+      <c r="O16">
+        <v>3</v>
+      </c>
+      <c r="P16">
+        <v>3</v>
+      </c>
+      <c r="Q16">
+        <v>2</v>
+      </c>
+      <c r="R16">
+        <v>3</v>
+      </c>
+      <c r="S16">
+        <v>2</v>
+      </c>
+      <c r="T16">
+        <v>3</v>
+      </c>
+      <c r="U16">
+        <v>3</v>
+      </c>
+      <c r="V16">
+        <v>2</v>
+      </c>
+      <c r="W16">
+        <v>3</v>
+      </c>
+      <c r="X16">
+        <v>3</v>
+      </c>
+      <c r="Y16">
+        <v>3</v>
+      </c>
+      <c r="Z16">
+        <v>4</v>
+      </c>
+      <c r="AA16">
+        <v>4</v>
+      </c>
+      <c r="AB16">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="str">
+        <v>MA1</v>
+      </c>
+      <c r="B17" t="str">
+        <v>T4</v>
+      </c>
+      <c r="C17">
+        <v>4</v>
+      </c>
+      <c r="D17" t="str">
+        <v>Bryan Franey</v>
+      </c>
+      <c r="E17">
+        <v>-2</v>
+      </c>
+      <c r="F17">
+        <v>56</v>
+      </c>
+      <c r="G17">
+        <v>296592</v>
+      </c>
+      <c r="H17" t="str">
+        <v>bryfry</v>
+      </c>
+      <c r="I17">
+        <v>-2</v>
+      </c>
+      <c r="J17">
+        <v>56</v>
+      </c>
+      <c r="K17">
+        <v>3</v>
+      </c>
+      <c r="L17">
+        <v>4</v>
+      </c>
+      <c r="M17">
+        <v>5</v>
+      </c>
+      <c r="N17">
+        <v>4</v>
+      </c>
+      <c r="O17">
+        <v>4</v>
+      </c>
+      <c r="P17">
+        <v>3</v>
+      </c>
+      <c r="Q17">
+        <v>2</v>
+      </c>
+      <c r="R17">
+        <v>2</v>
+      </c>
+      <c r="S17">
+        <v>3</v>
+      </c>
+      <c r="T17">
+        <v>3</v>
+      </c>
+      <c r="U17">
+        <v>4</v>
+      </c>
+      <c r="V17">
+        <v>2</v>
+      </c>
+      <c r="W17">
+        <v>2</v>
+      </c>
+      <c r="X17">
+        <v>3</v>
+      </c>
+      <c r="Y17">
+        <v>3</v>
+      </c>
+      <c r="Z17">
+        <v>2</v>
+      </c>
+      <c r="AA17">
+        <v>4</v>
+      </c>
+      <c r="AB17">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="str">
+        <v>MA1</v>
+      </c>
+      <c r="B18" t="str">
+        <v>T4</v>
+      </c>
+      <c r="C18">
+        <v>4</v>
+      </c>
+      <c r="D18" t="str">
+        <v>Peter trebett</v>
+      </c>
+      <c r="E18">
+        <v>-2</v>
+      </c>
+      <c r="F18">
+        <v>56</v>
+      </c>
+      <c r="H18" t="str">
+        <v>peteytom</v>
+      </c>
+      <c r="I18">
+        <v>-2</v>
+      </c>
+      <c r="J18">
+        <v>56</v>
+      </c>
+      <c r="K18">
+        <v>3</v>
+      </c>
+      <c r="L18">
+        <v>3</v>
+      </c>
+      <c r="M18">
+        <v>3</v>
+      </c>
+      <c r="N18">
+        <v>5</v>
+      </c>
+      <c r="O18">
+        <v>3</v>
+      </c>
+      <c r="P18">
+        <v>4</v>
+      </c>
+      <c r="Q18">
+        <v>3</v>
+      </c>
+      <c r="R18">
+        <v>3</v>
+      </c>
+      <c r="S18">
+        <v>4</v>
+      </c>
+      <c r="T18">
+        <v>2</v>
+      </c>
+      <c r="U18">
+        <v>2</v>
+      </c>
+      <c r="V18">
+        <v>2</v>
+      </c>
+      <c r="W18">
+        <v>2</v>
+      </c>
+      <c r="X18">
+        <v>3</v>
+      </c>
+      <c r="Y18">
+        <v>3</v>
+      </c>
+      <c r="Z18">
+        <v>4</v>
+      </c>
+      <c r="AA18">
+        <v>3</v>
+      </c>
+      <c r="AB18">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="str">
+        <v>MA1</v>
+      </c>
+      <c r="B19" t="str">
+        <v>T6</v>
+      </c>
+      <c r="C19">
+        <v>6</v>
+      </c>
+      <c r="D19" t="str">
+        <v xml:space="preserve">Kevin Bruleigh </v>
+      </c>
+      <c r="E19">
+        <v>-1</v>
+      </c>
+      <c r="F19">
+        <v>57</v>
+      </c>
+      <c r="H19" t="str">
+        <v>kbruleigh</v>
+      </c>
+      <c r="I19">
+        <v>-1</v>
+      </c>
+      <c r="J19">
+        <v>57</v>
+      </c>
+      <c r="K19">
+        <v>3</v>
+      </c>
+      <c r="L19">
+        <v>4</v>
+      </c>
+      <c r="M19">
+        <v>3</v>
+      </c>
+      <c r="N19">
+        <v>4</v>
+      </c>
+      <c r="O19">
+        <v>4</v>
+      </c>
+      <c r="P19">
+        <v>3</v>
+      </c>
+      <c r="Q19">
+        <v>3</v>
+      </c>
+      <c r="R19">
+        <v>3</v>
+      </c>
+      <c r="S19">
+        <v>2</v>
+      </c>
+      <c r="T19">
+        <v>3</v>
+      </c>
+      <c r="U19">
+        <v>3</v>
+      </c>
+      <c r="V19">
+        <v>2</v>
+      </c>
+      <c r="W19">
+        <v>2</v>
+      </c>
+      <c r="X19">
+        <v>3</v>
+      </c>
+      <c r="Y19">
+        <v>4</v>
+      </c>
+      <c r="Z19">
+        <v>3</v>
+      </c>
+      <c r="AA19">
+        <v>5</v>
+      </c>
+      <c r="AB19">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="str">
+        <v>MA1</v>
+      </c>
+      <c r="B20" t="str">
+        <v>T6</v>
+      </c>
+      <c r="C20">
+        <v>6</v>
+      </c>
+      <c r="D20" t="str">
+        <v>Rino Luchin</v>
+      </c>
+      <c r="E20">
+        <v>-1</v>
+      </c>
+      <c r="F20">
+        <v>57</v>
+      </c>
+      <c r="H20" t="str">
+        <v>discgolfrino</v>
+      </c>
+      <c r="I20">
+        <v>-1</v>
+      </c>
+      <c r="J20">
+        <v>57</v>
+      </c>
+      <c r="K20">
+        <v>3</v>
+      </c>
+      <c r="L20">
+        <v>5</v>
+      </c>
+      <c r="M20">
+        <v>3</v>
+      </c>
+      <c r="N20">
+        <v>4</v>
+      </c>
+      <c r="O20">
+        <v>2</v>
+      </c>
+      <c r="P20">
+        <v>3</v>
+      </c>
+      <c r="Q20">
+        <v>2</v>
+      </c>
+      <c r="R20">
+        <v>3</v>
+      </c>
+      <c r="S20">
+        <v>2</v>
+      </c>
+      <c r="T20">
+        <v>4</v>
+      </c>
+      <c r="U20">
+        <v>2</v>
+      </c>
+      <c r="V20">
+        <v>2</v>
+      </c>
+      <c r="W20">
+        <v>5</v>
+      </c>
+      <c r="X20">
+        <v>3</v>
+      </c>
+      <c r="Y20">
+        <v>3</v>
+      </c>
+      <c r="Z20">
+        <v>2</v>
+      </c>
+      <c r="AA20">
+        <v>5</v>
+      </c>
+      <c r="AB20">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="str">
+        <v>MA1</v>
+      </c>
+      <c r="B21" t="str">
+        <v>8</v>
+      </c>
+      <c r="C21">
+        <v>8</v>
+      </c>
+      <c r="D21" t="str">
+        <v>Jordan Trousdell</v>
+      </c>
+      <c r="E21">
+        <v>0</v>
+      </c>
+      <c r="F21">
+        <v>58</v>
+      </c>
+      <c r="G21">
+        <v>272340</v>
+      </c>
+      <c r="H21" t="str">
+        <v>jordantrousdell</v>
+      </c>
+      <c r="I21">
+        <v>0</v>
+      </c>
+      <c r="J21">
+        <v>58</v>
+      </c>
+      <c r="K21">
+        <v>3</v>
+      </c>
+      <c r="L21">
+        <v>4</v>
+      </c>
+      <c r="M21">
+        <v>4</v>
+      </c>
+      <c r="N21">
+        <v>4</v>
+      </c>
+      <c r="O21">
+        <v>3</v>
+      </c>
+      <c r="P21">
+        <v>3</v>
+      </c>
+      <c r="Q21">
+        <v>3</v>
+      </c>
+      <c r="R21">
+        <v>3</v>
+      </c>
+      <c r="S21">
+        <v>4</v>
+      </c>
+      <c r="T21">
+        <v>3</v>
+      </c>
+      <c r="U21">
+        <v>3</v>
+      </c>
+      <c r="V21">
+        <v>3</v>
+      </c>
+      <c r="W21">
+        <v>3</v>
+      </c>
+      <c r="X21">
+        <v>3</v>
+      </c>
+      <c r="Y21">
+        <v>2</v>
+      </c>
+      <c r="Z21">
+        <v>4</v>
+      </c>
+      <c r="AA21">
+        <v>3</v>
+      </c>
+      <c r="AB21">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="str">
+        <v>MA1</v>
+      </c>
+      <c r="B22" t="str">
+        <v>9</v>
+      </c>
+      <c r="C22">
+        <v>9</v>
+      </c>
+      <c r="D22" t="str">
+        <v>Michael McTaggart</v>
+      </c>
+      <c r="E22">
+        <v>1</v>
+      </c>
+      <c r="F22">
+        <v>59</v>
+      </c>
+      <c r="H22" t="str">
+        <v>mctaggart</v>
+      </c>
+      <c r="I22">
+        <v>1</v>
+      </c>
+      <c r="J22">
+        <v>59</v>
+      </c>
+      <c r="K22">
+        <v>6</v>
+      </c>
+      <c r="L22">
+        <v>4</v>
+      </c>
+      <c r="M22">
+        <v>3</v>
+      </c>
+      <c r="N22">
+        <v>3</v>
+      </c>
+      <c r="O22">
+        <v>4</v>
+      </c>
+      <c r="P22">
+        <v>4</v>
+      </c>
+      <c r="Q22">
+        <v>3</v>
+      </c>
+      <c r="R22">
+        <v>2</v>
+      </c>
+      <c r="S22">
+        <v>4</v>
+      </c>
+      <c r="T22">
+        <v>2</v>
+      </c>
+      <c r="U22">
+        <v>3</v>
+      </c>
+      <c r="V22">
+        <v>2</v>
+      </c>
+      <c r="W22">
+        <v>3</v>
+      </c>
+      <c r="X22">
+        <v>3</v>
+      </c>
+      <c r="Y22">
+        <v>3</v>
+      </c>
+      <c r="Z22">
+        <v>2</v>
+      </c>
+      <c r="AA22">
+        <v>4</v>
+      </c>
+      <c r="AB22">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="str">
+        <v>MA1</v>
+      </c>
+      <c r="B23" t="str">
+        <v>T10</v>
+      </c>
+      <c r="C23">
+        <v>10</v>
+      </c>
+      <c r="D23" t="str">
+        <v>Kenny Randall</v>
+      </c>
+      <c r="E23">
+        <v>2</v>
+      </c>
+      <c r="F23">
+        <v>60</v>
+      </c>
+      <c r="G23">
+        <v>266515</v>
+      </c>
+      <c r="H23" t="str">
+        <v>kenran</v>
+      </c>
+      <c r="I23">
+        <v>2</v>
+      </c>
+      <c r="J23">
+        <v>60</v>
+      </c>
+      <c r="K23">
+        <v>3</v>
+      </c>
+      <c r="L23">
+        <v>5</v>
+      </c>
+      <c r="M23">
+        <v>3</v>
+      </c>
+      <c r="N23">
+        <v>5</v>
+      </c>
+      <c r="O23">
+        <v>4</v>
+      </c>
+      <c r="P23">
+        <v>4</v>
+      </c>
+      <c r="Q23">
+        <v>3</v>
+      </c>
+      <c r="R23">
+        <v>3</v>
+      </c>
+      <c r="S23">
+        <v>3</v>
+      </c>
+      <c r="T23">
+        <v>3</v>
+      </c>
+      <c r="U23">
+        <v>3</v>
+      </c>
+      <c r="V23">
+        <v>3</v>
+      </c>
+      <c r="W23">
+        <v>3</v>
+      </c>
+      <c r="X23">
+        <v>3</v>
+      </c>
+      <c r="Y23">
+        <v>3</v>
+      </c>
+      <c r="Z23">
+        <v>3</v>
+      </c>
+      <c r="AA23">
+        <v>3</v>
+      </c>
+      <c r="AB23">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="str">
+        <v>MA1</v>
+      </c>
+      <c r="B24" t="str">
+        <v>T10</v>
+      </c>
+      <c r="C24">
+        <v>10</v>
+      </c>
+      <c r="D24" t="str">
+        <v>Marshall Ambrose</v>
+      </c>
+      <c r="E24">
+        <v>2</v>
+      </c>
+      <c r="F24">
+        <v>60</v>
+      </c>
+      <c r="G24">
+        <v>300368</v>
+      </c>
+      <c r="H24" t="str">
+        <v>xlmilklx</v>
+      </c>
+      <c r="I24">
+        <v>2</v>
+      </c>
+      <c r="J24">
+        <v>60</v>
+      </c>
+      <c r="K24">
+        <v>3</v>
+      </c>
+      <c r="L24">
+        <v>5</v>
+      </c>
+      <c r="M24">
+        <v>3</v>
+      </c>
+      <c r="N24">
+        <v>4</v>
+      </c>
+      <c r="O24">
+        <v>3</v>
+      </c>
+      <c r="P24">
+        <v>3</v>
+      </c>
+      <c r="Q24">
+        <v>3</v>
+      </c>
+      <c r="R24">
+        <v>3</v>
+      </c>
+      <c r="S24">
+        <v>2</v>
+      </c>
+      <c r="T24">
+        <v>4</v>
+      </c>
+      <c r="U24">
+        <v>3</v>
+      </c>
+      <c r="V24">
+        <v>3</v>
+      </c>
+      <c r="W24">
+        <v>3</v>
+      </c>
+      <c r="X24">
+        <v>2</v>
+      </c>
+      <c r="Y24">
+        <v>4</v>
+      </c>
+      <c r="Z24">
+        <v>2</v>
+      </c>
+      <c r="AA24">
+        <v>5</v>
+      </c>
+      <c r="AB24">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="str">
+        <v>MA1</v>
+      </c>
+      <c r="B25" t="str">
+        <v>12</v>
+      </c>
+      <c r="C25">
+        <v>12</v>
+      </c>
+      <c r="D25" t="str">
         <v>Dave Osguthorpe</v>
       </c>
-      <c r="E16">
-[...5 lines deleted...]
-      <c r="G16">
+      <c r="E25">
+        <v>4</v>
+      </c>
+      <c r="F25">
+        <v>62</v>
+      </c>
+      <c r="G25">
         <v>273176</v>
       </c>
-      <c r="H16" t="str">
+      <c r="H25" t="str">
         <v>powderman</v>
       </c>
-      <c r="I16">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="I25">
+        <v>4</v>
+      </c>
+      <c r="J25">
+        <v>62</v>
+      </c>
+      <c r="K25">
+        <v>2</v>
+      </c>
+      <c r="L25">
+        <v>8</v>
+      </c>
+      <c r="M25">
+        <v>3</v>
+      </c>
+      <c r="N25">
+        <v>4</v>
+      </c>
+      <c r="O25">
+        <v>4</v>
+      </c>
+      <c r="P25">
+        <v>3</v>
+      </c>
+      <c r="Q25">
+        <v>3</v>
+      </c>
+      <c r="R25">
+        <v>4</v>
+      </c>
+      <c r="S25">
+        <v>2</v>
+      </c>
+      <c r="T25">
+        <v>4</v>
+      </c>
+      <c r="U25">
+        <v>3</v>
+      </c>
+      <c r="V25">
+        <v>3</v>
+      </c>
+      <c r="W25">
+        <v>3</v>
+      </c>
+      <c r="X25">
+        <v>3</v>
+      </c>
+      <c r="Y25">
+        <v>3</v>
+      </c>
+      <c r="Z25">
+        <v>2</v>
+      </c>
+      <c r="AA25">
+        <v>4</v>
+      </c>
+      <c r="AB25">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="str">
+        <v>MA1</v>
+      </c>
+      <c r="B26" t="str">
+        <v>T13</v>
+      </c>
+      <c r="C26">
+        <v>13</v>
+      </c>
+      <c r="D26" t="str">
+        <v>Trevor Gilbertson</v>
+      </c>
+      <c r="E26">
+        <v>5</v>
+      </c>
+      <c r="F26">
+        <v>63</v>
+      </c>
+      <c r="G26">
+        <v>242916</v>
+      </c>
+      <c r="H26" t="str">
+        <v>careerchip</v>
+      </c>
+      <c r="I26">
+        <v>5</v>
+      </c>
+      <c r="J26">
+        <v>63</v>
+      </c>
+      <c r="K26">
+        <v>3</v>
+      </c>
+      <c r="L26">
+        <v>5</v>
+      </c>
+      <c r="M26">
+        <v>3</v>
+      </c>
+      <c r="N26">
+        <v>5</v>
+      </c>
+      <c r="O26">
+        <v>4</v>
+      </c>
+      <c r="P26">
+        <v>5</v>
+      </c>
+      <c r="Q26">
+        <v>4</v>
+      </c>
+      <c r="R26">
+        <v>3</v>
+      </c>
+      <c r="S26">
+        <v>2</v>
+      </c>
+      <c r="T26">
+        <v>4</v>
+      </c>
+      <c r="U26">
+        <v>3</v>
+      </c>
+      <c r="V26">
+        <v>2</v>
+      </c>
+      <c r="W26">
+        <v>2</v>
+      </c>
+      <c r="X26">
+        <v>3</v>
+      </c>
+      <c r="Y26">
+        <v>3</v>
+      </c>
+      <c r="Z26">
+        <v>5</v>
+      </c>
+      <c r="AA26">
+        <v>4</v>
+      </c>
+      <c r="AB26">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="str">
+        <v>MA1</v>
+      </c>
+      <c r="B27" t="str">
+        <v>T13</v>
+      </c>
+      <c r="C27">
+        <v>13</v>
+      </c>
+      <c r="D27" t="str">
+        <v>Johannes Heitzeberg</v>
+      </c>
+      <c r="E27">
+        <v>5</v>
+      </c>
+      <c r="F27">
+        <v>63</v>
+      </c>
+      <c r="H27" t="str">
+        <v>seenmydisc</v>
+      </c>
+      <c r="I27">
+        <v>5</v>
+      </c>
+      <c r="J27">
+        <v>63</v>
+      </c>
+      <c r="K27">
+        <v>3</v>
+      </c>
+      <c r="L27">
+        <v>6</v>
+      </c>
+      <c r="M27">
+        <v>3</v>
+      </c>
+      <c r="N27">
+        <v>5</v>
+      </c>
+      <c r="O27">
+        <v>3</v>
+      </c>
+      <c r="P27">
+        <v>3</v>
+      </c>
+      <c r="Q27">
+        <v>3</v>
+      </c>
+      <c r="R27">
+        <v>3</v>
+      </c>
+      <c r="S27">
+        <v>3</v>
+      </c>
+      <c r="T27">
+        <v>4</v>
+      </c>
+      <c r="U27">
+        <v>3</v>
+      </c>
+      <c r="V27">
+        <v>2</v>
+      </c>
+      <c r="W27">
+        <v>3</v>
+      </c>
+      <c r="X27">
+        <v>3</v>
+      </c>
+      <c r="Y27">
+        <v>5</v>
+      </c>
+      <c r="Z27">
+        <v>4</v>
+      </c>
+      <c r="AA27">
+        <v>4</v>
+      </c>
+      <c r="AB27">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="str">
+        <v>MA1</v>
+      </c>
+      <c r="B28" t="str">
+        <v>T15</v>
+      </c>
+      <c r="C28">
+        <v>15</v>
+      </c>
+      <c r="D28" t="str">
+        <v>Brad Weber</v>
+      </c>
+      <c r="E28">
+        <v>6</v>
+      </c>
+      <c r="F28">
+        <v>64</v>
+      </c>
+      <c r="G28">
+        <v>156548</v>
+      </c>
+      <c r="H28" t="str">
+        <v>bradweber</v>
+      </c>
+      <c r="I28">
+        <v>6</v>
+      </c>
+      <c r="J28">
+        <v>64</v>
+      </c>
+      <c r="K28">
+        <v>3</v>
+      </c>
+      <c r="L28">
+        <v>7</v>
+      </c>
+      <c r="M28">
+        <v>3</v>
+      </c>
+      <c r="N28">
+        <v>5</v>
+      </c>
+      <c r="O28">
+        <v>4</v>
+      </c>
+      <c r="P28">
+        <v>4</v>
+      </c>
+      <c r="Q28">
+        <v>3</v>
+      </c>
+      <c r="R28">
+        <v>2</v>
+      </c>
+      <c r="S28">
+        <v>3</v>
+      </c>
+      <c r="T28">
+        <v>2</v>
+      </c>
+      <c r="U28">
+        <v>3</v>
+      </c>
+      <c r="V28">
+        <v>3</v>
+      </c>
+      <c r="W28">
+        <v>3</v>
+      </c>
+      <c r="X28">
+        <v>4</v>
+      </c>
+      <c r="Y28">
+        <v>3</v>
+      </c>
+      <c r="Z28">
+        <v>4</v>
+      </c>
+      <c r="AA28">
+        <v>4</v>
+      </c>
+      <c r="AB28">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="str">
+        <v>MA1</v>
+      </c>
+      <c r="B29" t="str">
+        <v>T15</v>
+      </c>
+      <c r="C29">
+        <v>15</v>
+      </c>
+      <c r="D29" t="str">
+        <v>Bill Wiltse</v>
+      </c>
+      <c r="E29">
+        <v>6</v>
+      </c>
+      <c r="F29">
+        <v>64</v>
+      </c>
+      <c r="H29" t="str">
+        <v>billyfish</v>
+      </c>
+      <c r="I29">
+        <v>6</v>
+      </c>
+      <c r="J29">
+        <v>64</v>
+      </c>
+      <c r="K29">
+        <v>4</v>
+      </c>
+      <c r="L29">
+        <v>5</v>
+      </c>
+      <c r="M29">
+        <v>3</v>
+      </c>
+      <c r="N29">
+        <v>4</v>
+      </c>
+      <c r="O29">
+        <v>3</v>
+      </c>
+      <c r="P29">
+        <v>4</v>
+      </c>
+      <c r="Q29">
+        <v>3</v>
+      </c>
+      <c r="R29">
+        <v>3</v>
+      </c>
+      <c r="S29">
+        <v>3</v>
+      </c>
+      <c r="T29">
+        <v>3</v>
+      </c>
+      <c r="U29">
+        <v>3</v>
+      </c>
+      <c r="V29">
+        <v>4</v>
+      </c>
+      <c r="W29">
+        <v>3</v>
+      </c>
+      <c r="X29">
+        <v>3</v>
+      </c>
+      <c r="Y29">
+        <v>4</v>
+      </c>
+      <c r="Z29">
+        <v>4</v>
+      </c>
+      <c r="AA29">
+        <v>4</v>
+      </c>
+      <c r="AB29">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="str">
+        <v>MA1</v>
+      </c>
+      <c r="B30" t="str">
+        <v>T17</v>
+      </c>
+      <c r="C30">
+        <v>17</v>
+      </c>
+      <c r="D30" t="str">
+        <v>Caleb glass</v>
+      </c>
+      <c r="E30">
+        <v>8</v>
+      </c>
+      <c r="F30">
+        <v>66</v>
+      </c>
+      <c r="G30">
+        <v>285631</v>
+      </c>
+      <c r="H30" t="str">
+        <v>calebglass</v>
+      </c>
+      <c r="I30">
+        <v>8</v>
+      </c>
+      <c r="J30">
+        <v>66</v>
+      </c>
+      <c r="K30">
+        <v>3</v>
+      </c>
+      <c r="L30">
+        <v>8</v>
+      </c>
+      <c r="M30">
+        <v>3</v>
+      </c>
+      <c r="N30">
+        <v>4</v>
+      </c>
+      <c r="O30">
+        <v>4</v>
+      </c>
+      <c r="P30">
+        <v>3</v>
+      </c>
+      <c r="Q30">
+        <v>4</v>
+      </c>
+      <c r="R30">
+        <v>3</v>
+      </c>
+      <c r="S30">
+        <v>3</v>
+      </c>
+      <c r="T30">
+        <v>4</v>
+      </c>
+      <c r="U30">
+        <v>2</v>
+      </c>
+      <c r="V30">
+        <v>2</v>
+      </c>
+      <c r="W30">
+        <v>3</v>
+      </c>
+      <c r="X30">
+        <v>3</v>
+      </c>
+      <c r="Y30">
+        <v>4</v>
+      </c>
+      <c r="Z30">
+        <v>4</v>
+      </c>
+      <c r="AA30">
+        <v>5</v>
+      </c>
+      <c r="AB30">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="str">
+        <v>MA1</v>
+      </c>
+      <c r="B31" t="str">
+        <v>T17</v>
+      </c>
+      <c r="C31">
+        <v>17</v>
+      </c>
+      <c r="D31" t="str">
+        <v xml:space="preserve">Stephen King </v>
+      </c>
+      <c r="E31">
+        <v>8</v>
+      </c>
+      <c r="F31">
+        <v>66</v>
+      </c>
+      <c r="H31" t="str">
+        <v>steveoking</v>
+      </c>
+      <c r="I31">
+        <v>8</v>
+      </c>
+      <c r="J31">
+        <v>66</v>
+      </c>
+      <c r="K31">
+        <v>3</v>
+      </c>
+      <c r="L31">
+        <v>5</v>
+      </c>
+      <c r="M31">
+        <v>3</v>
+      </c>
+      <c r="N31">
+        <v>5</v>
+      </c>
+      <c r="O31">
+        <v>4</v>
+      </c>
+      <c r="P31">
+        <v>4</v>
+      </c>
+      <c r="Q31">
+        <v>3</v>
+      </c>
+      <c r="R31">
+        <v>3</v>
+      </c>
+      <c r="S31">
+        <v>4</v>
+      </c>
+      <c r="T31">
+        <v>3</v>
+      </c>
+      <c r="U31">
+        <v>3</v>
+      </c>
+      <c r="V31">
+        <v>3</v>
+      </c>
+      <c r="W31">
+        <v>4</v>
+      </c>
+      <c r="X31">
+        <v>3</v>
+      </c>
+      <c r="Y31">
+        <v>3</v>
+      </c>
+      <c r="Z31">
+        <v>4</v>
+      </c>
+      <c r="AA31">
+        <v>6</v>
+      </c>
+      <c r="AB31">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="str">
+        <v>MA1</v>
+      </c>
+      <c r="B32" t="str">
+        <v>19</v>
+      </c>
+      <c r="C32">
+        <v>19</v>
+      </c>
+      <c r="D32" t="str">
+        <v>Wes Fraser</v>
+      </c>
+      <c r="E32">
+        <v>9</v>
+      </c>
+      <c r="F32">
+        <v>67</v>
+      </c>
+      <c r="G32">
+        <v>163375</v>
+      </c>
+      <c r="H32" t="str">
+        <v>wtfastro</v>
+      </c>
+      <c r="I32">
+        <v>9</v>
+      </c>
+      <c r="J32">
+        <v>67</v>
+      </c>
+      <c r="K32">
+        <v>3</v>
+      </c>
+      <c r="L32">
+        <v>6</v>
+      </c>
+      <c r="M32">
+        <v>4</v>
+      </c>
+      <c r="N32">
+        <v>5</v>
+      </c>
+      <c r="O32">
+        <v>3</v>
+      </c>
+      <c r="P32">
+        <v>3</v>
+      </c>
+      <c r="Q32">
+        <v>3</v>
+      </c>
+      <c r="R32">
+        <v>3</v>
+      </c>
+      <c r="S32">
+        <v>4</v>
+      </c>
+      <c r="T32">
+        <v>3</v>
+      </c>
+      <c r="U32">
+        <v>3</v>
+      </c>
+      <c r="V32">
+        <v>3</v>
+      </c>
+      <c r="W32">
+        <v>3</v>
+      </c>
+      <c r="X32">
+        <v>3</v>
+      </c>
+      <c r="Y32">
+        <v>4</v>
+      </c>
+      <c r="Z32">
+        <v>5</v>
+      </c>
+      <c r="AA32">
+        <v>6</v>
+      </c>
+      <c r="AB32">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="str">
+        <v>MA1</v>
+      </c>
+      <c r="B33" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D33" t="str">
+        <v>Nick Hopewell</v>
+      </c>
+      <c r="E33">
+        <v>1</v>
+      </c>
+      <c r="F33">
+        <v>25</v>
+      </c>
+      <c r="H33" t="str">
+        <v>nickhopes</v>
+      </c>
+      <c r="I33">
+        <v>1</v>
+      </c>
+      <c r="J33">
+        <v>25</v>
+      </c>
+      <c r="K33">
+        <v>3</v>
+      </c>
+      <c r="L33">
+        <v>4</v>
+      </c>
+      <c r="M33">
+        <v>3</v>
+      </c>
+      <c r="N33">
+        <v>4</v>
+      </c>
+      <c r="O33">
+        <v>3</v>
+      </c>
+      <c r="P33">
+        <v>4</v>
+      </c>
+      <c r="Q33">
+        <v>4</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AB16"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AB33"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AB11"/>
+  <dimension ref="A1:AB3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="11.83203125" customWidth="1"/>
     <col min="8" max="8" width="8.83203125" customWidth="1"/>
     <col min="9" max="9" width="20.83203125" customWidth="1"/>
     <col min="10" max="10" width="17.83203125" customWidth="1"/>
     <col min="11" max="11" width="6.83203125" customWidth="1"/>
     <col min="12" max="12" width="6.83203125" customWidth="1"/>
     <col min="13" max="13" width="6.83203125" customWidth="1"/>
     <col min="14" max="14" width="6.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="7.83203125" customWidth="1"/>
     <col min="21" max="21" width="7.83203125" customWidth="1"/>
@@ -1405,666 +3325,224 @@
       </c>
       <c r="V1" t="str">
         <v>hole_12</v>
       </c>
       <c r="W1" t="str">
         <v>hole_13</v>
       </c>
       <c r="X1" t="str">
         <v>hole_14</v>
       </c>
       <c r="Y1" t="str">
         <v>hole_15</v>
       </c>
       <c r="Z1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AA1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
-        <v>MA2</v>
+        <v>FA2</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
-        <v>Sebastien Harvey</v>
+        <v>Chloe Stewart</v>
       </c>
       <c r="E2">
-        <v>-3</v>
+        <v>6</v>
       </c>
       <c r="F2">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="H2" t="str">
-        <v>seabasss</v>
+        <v>redrose1221</v>
       </c>
       <c r="I2">
-        <v>-3</v>
+        <v>6</v>
       </c>
       <c r="J2">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="K2">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="L2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N2">
         <v>3</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
       <c r="P2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q2">
         <v>3</v>
       </c>
       <c r="R2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T2">
         <v>3</v>
       </c>
       <c r="U2">
         <v>3</v>
       </c>
       <c r="V2">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="W2">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="X2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z2">
         <v>3</v>
       </c>
       <c r="AA2">
         <v>3</v>
       </c>
       <c r="AB2">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
-        <v>MA2</v>
+        <v>FA2</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
-        <v>Kenny Randall</v>
+        <v>Aruna Pace</v>
       </c>
       <c r="E3">
-        <v>-2</v>
+        <v>8</v>
       </c>
       <c r="F3">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>266515</v>
+        <v>63</v>
       </c>
       <c r="H3" t="str">
-        <v>kenran</v>
+        <v>arunapace</v>
       </c>
       <c r="I3">
-        <v>-2</v>
+        <v>8</v>
       </c>
       <c r="J3">
-        <v>4</v>
+        <v>63</v>
       </c>
       <c r="K3">
         <v>3</v>
       </c>
       <c r="L3">
-        <v>1</v>
-[...486 lines deleted...]
-        <v>0</v>
+        <v>4</v>
+      </c>
+      <c r="M3">
+        <v>3</v>
+      </c>
+      <c r="N3">
+        <v>4</v>
+      </c>
+      <c r="O3">
+        <v>4</v>
+      </c>
+      <c r="P3">
+        <v>3</v>
+      </c>
+      <c r="Q3">
+        <v>3</v>
+      </c>
+      <c r="R3">
+        <v>3</v>
+      </c>
+      <c r="S3">
+        <v>4</v>
+      </c>
+      <c r="T3">
+        <v>3</v>
+      </c>
+      <c r="U3">
+        <v>4</v>
+      </c>
+      <c r="V3">
+        <v>3</v>
+      </c>
+      <c r="W3">
+        <v>4</v>
+      </c>
+      <c r="X3">
+        <v>3</v>
+      </c>
+      <c r="Y3">
+        <v>4</v>
+      </c>
+      <c r="Z3">
+        <v>4</v>
+      </c>
+      <c r="AA3">
+        <v>3</v>
+      </c>
+      <c r="AB3">
+        <v>4</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AB11"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AB3"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AB6"/>
+  <dimension ref="A1:AB25"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="11.83203125" customWidth="1"/>
     <col min="8" max="8" width="8.83203125" customWidth="1"/>
     <col min="9" max="9" width="20.83203125" customWidth="1"/>
     <col min="10" max="10" width="17.83203125" customWidth="1"/>
     <col min="11" max="11" width="6.83203125" customWidth="1"/>
     <col min="12" max="12" width="6.83203125" customWidth="1"/>
     <col min="13" max="13" width="6.83203125" customWidth="1"/>
     <col min="14" max="14" width="6.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="7.83203125" customWidth="1"/>
     <col min="21" max="21" width="7.83203125" customWidth="1"/>
@@ -2143,288 +3621,3074 @@
       </c>
       <c r="V1" t="str">
         <v>hole_12</v>
       </c>
       <c r="W1" t="str">
         <v>hole_13</v>
       </c>
       <c r="X1" t="str">
         <v>hole_14</v>
       </c>
       <c r="Y1" t="str">
         <v>hole_15</v>
       </c>
       <c r="Z1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AA1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
-        <v>MA3</v>
+        <v>MA2</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
-        <v>Michael Gwynne-Thompson</v>
+        <v>Sebastien Harvey</v>
       </c>
       <c r="E2">
+        <v>-3</v>
+      </c>
+      <c r="F2">
+        <v>51</v>
+      </c>
+      <c r="H2" t="str">
+        <v>seabasss</v>
+      </c>
+      <c r="I2">
+        <v>-3</v>
+      </c>
+      <c r="J2">
+        <v>51</v>
+      </c>
+      <c r="K2">
+        <v>2</v>
+      </c>
+      <c r="L2">
+        <v>3</v>
+      </c>
+      <c r="M2">
+        <v>4</v>
+      </c>
+      <c r="N2">
+        <v>3</v>
+      </c>
+      <c r="O2">
+        <v>3</v>
+      </c>
+      <c r="P2">
+        <v>3</v>
+      </c>
+      <c r="Q2">
+        <v>3</v>
+      </c>
+      <c r="R2">
+        <v>3</v>
+      </c>
+      <c r="S2">
+        <v>2</v>
+      </c>
+      <c r="T2">
+        <v>3</v>
+      </c>
+      <c r="U2">
+        <v>3</v>
+      </c>
+      <c r="V2">
+        <v>2</v>
+      </c>
+      <c r="W2">
+        <v>2</v>
+      </c>
+      <c r="X2">
+        <v>3</v>
+      </c>
+      <c r="Y2">
+        <v>3</v>
+      </c>
+      <c r="Z2">
+        <v>3</v>
+      </c>
+      <c r="AA2">
+        <v>3</v>
+      </c>
+      <c r="AB2">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="str">
+        <v>MA2</v>
+      </c>
+      <c r="B3" t="str">
+        <v>T2</v>
+      </c>
+      <c r="C3">
+        <v>2</v>
+      </c>
+      <c r="D3" t="str">
+        <v>Bill Reusch</v>
+      </c>
+      <c r="E3">
+        <v>0</v>
+      </c>
+      <c r="F3">
+        <v>54</v>
+      </c>
+      <c r="H3" t="str">
+        <v>billreusch</v>
+      </c>
+      <c r="I3">
+        <v>0</v>
+      </c>
+      <c r="J3">
+        <v>54</v>
+      </c>
+      <c r="K3">
+        <v>4</v>
+      </c>
+      <c r="L3">
+        <v>3</v>
+      </c>
+      <c r="M3">
+        <v>3</v>
+      </c>
+      <c r="N3">
+        <v>3</v>
+      </c>
+      <c r="O3">
+        <v>3</v>
+      </c>
+      <c r="P3">
+        <v>3</v>
+      </c>
+      <c r="Q3">
+        <v>2</v>
+      </c>
+      <c r="R3">
+        <v>3</v>
+      </c>
+      <c r="S3">
+        <v>3</v>
+      </c>
+      <c r="T3">
+        <v>2</v>
+      </c>
+      <c r="U3">
+        <v>3</v>
+      </c>
+      <c r="V3">
+        <v>3</v>
+      </c>
+      <c r="W3">
+        <v>3</v>
+      </c>
+      <c r="X3">
+        <v>3</v>
+      </c>
+      <c r="Y3">
+        <v>3</v>
+      </c>
+      <c r="Z3">
+        <v>3</v>
+      </c>
+      <c r="AA3">
+        <v>3</v>
+      </c>
+      <c r="AB3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="str">
+        <v>MA2</v>
+      </c>
+      <c r="B4" t="str">
+        <v>T2</v>
+      </c>
+      <c r="C4">
+        <v>2</v>
+      </c>
+      <c r="D4" t="str">
+        <v>Martin Brackley</v>
+      </c>
+      <c r="E4">
+        <v>0</v>
+      </c>
+      <c r="F4">
+        <v>54</v>
+      </c>
+      <c r="H4" t="str">
+        <v>brackers</v>
+      </c>
+      <c r="I4">
+        <v>0</v>
+      </c>
+      <c r="J4">
+        <v>54</v>
+      </c>
+      <c r="K4">
+        <v>3</v>
+      </c>
+      <c r="L4">
+        <v>3</v>
+      </c>
+      <c r="M4">
+        <v>3</v>
+      </c>
+      <c r="N4">
+        <v>3</v>
+      </c>
+      <c r="O4">
+        <v>3</v>
+      </c>
+      <c r="P4">
+        <v>3</v>
+      </c>
+      <c r="Q4">
+        <v>2</v>
+      </c>
+      <c r="R4">
+        <v>4</v>
+      </c>
+      <c r="S4">
+        <v>2</v>
+      </c>
+      <c r="T4">
+        <v>3</v>
+      </c>
+      <c r="U4">
+        <v>3</v>
+      </c>
+      <c r="V4">
+        <v>3</v>
+      </c>
+      <c r="W4">
+        <v>3</v>
+      </c>
+      <c r="X4">
+        <v>3</v>
+      </c>
+      <c r="Y4">
+        <v>3</v>
+      </c>
+      <c r="Z4">
+        <v>3</v>
+      </c>
+      <c r="AA4">
+        <v>3</v>
+      </c>
+      <c r="AB4">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="str">
+        <v>MA2</v>
+      </c>
+      <c r="B5" t="str">
+        <v>T2</v>
+      </c>
+      <c r="C5">
+        <v>2</v>
+      </c>
+      <c r="D5" t="str">
+        <v>Stephen Hall</v>
+      </c>
+      <c r="E5">
+        <v>0</v>
+      </c>
+      <c r="F5">
+        <v>54</v>
+      </c>
+      <c r="H5" t="str">
+        <v>krutchstep</v>
+      </c>
+      <c r="I5">
+        <v>0</v>
+      </c>
+      <c r="J5">
+        <v>54</v>
+      </c>
+      <c r="K5">
+        <v>3</v>
+      </c>
+      <c r="L5">
+        <v>3</v>
+      </c>
+      <c r="M5">
+        <v>4</v>
+      </c>
+      <c r="N5">
+        <v>3</v>
+      </c>
+      <c r="O5">
+        <v>3</v>
+      </c>
+      <c r="P5">
+        <v>4</v>
+      </c>
+      <c r="Q5">
+        <v>3</v>
+      </c>
+      <c r="R5">
+        <v>3</v>
+      </c>
+      <c r="S5">
+        <v>2</v>
+      </c>
+      <c r="T5">
+        <v>2</v>
+      </c>
+      <c r="U5">
+        <v>3</v>
+      </c>
+      <c r="V5">
+        <v>2</v>
+      </c>
+      <c r="W5">
+        <v>3</v>
+      </c>
+      <c r="X5">
+        <v>3</v>
+      </c>
+      <c r="Y5">
+        <v>3</v>
+      </c>
+      <c r="Z5">
+        <v>4</v>
+      </c>
+      <c r="AA5">
+        <v>3</v>
+      </c>
+      <c r="AB5">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="str">
+        <v>MA2</v>
+      </c>
+      <c r="B6" t="str">
+        <v>T5</v>
+      </c>
+      <c r="C6">
+        <v>5</v>
+      </c>
+      <c r="D6" t="str">
+        <v>Cormac Wiltse</v>
+      </c>
+      <c r="E6">
+        <v>2</v>
+      </c>
+      <c r="F6">
+        <v>56</v>
+      </c>
+      <c r="H6" t="str">
+        <v>cormac2012</v>
+      </c>
+      <c r="I6">
+        <v>2</v>
+      </c>
+      <c r="J6">
+        <v>56</v>
+      </c>
+      <c r="K6">
+        <v>3</v>
+      </c>
+      <c r="L6">
+        <v>4</v>
+      </c>
+      <c r="M6">
+        <v>3</v>
+      </c>
+      <c r="N6">
+        <v>3</v>
+      </c>
+      <c r="O6">
+        <v>3</v>
+      </c>
+      <c r="P6">
+        <v>4</v>
+      </c>
+      <c r="Q6">
+        <v>2</v>
+      </c>
+      <c r="R6">
+        <v>4</v>
+      </c>
+      <c r="S6">
+        <v>4</v>
+      </c>
+      <c r="T6">
+        <v>2</v>
+      </c>
+      <c r="U6">
+        <v>3</v>
+      </c>
+      <c r="V6">
+        <v>2</v>
+      </c>
+      <c r="W6">
+        <v>3</v>
+      </c>
+      <c r="X6">
+        <v>3</v>
+      </c>
+      <c r="Y6">
+        <v>3</v>
+      </c>
+      <c r="Z6">
+        <v>4</v>
+      </c>
+      <c r="AA6">
+        <v>3</v>
+      </c>
+      <c r="AB6">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="str">
+        <v>MA2</v>
+      </c>
+      <c r="B7" t="str">
+        <v>T5</v>
+      </c>
+      <c r="C7">
+        <v>5</v>
+      </c>
+      <c r="D7" t="str">
+        <v>Hector Santana</v>
+      </c>
+      <c r="E7">
+        <v>2</v>
+      </c>
+      <c r="F7">
+        <v>56</v>
+      </c>
+      <c r="H7" t="str">
+        <v>santana8</v>
+      </c>
+      <c r="I7">
+        <v>2</v>
+      </c>
+      <c r="J7">
+        <v>56</v>
+      </c>
+      <c r="K7">
+        <v>3</v>
+      </c>
+      <c r="L7">
+        <v>2</v>
+      </c>
+      <c r="M7">
+        <v>3</v>
+      </c>
+      <c r="N7">
+        <v>3</v>
+      </c>
+      <c r="O7">
+        <v>3</v>
+      </c>
+      <c r="P7">
+        <v>4</v>
+      </c>
+      <c r="Q7">
+        <v>3</v>
+      </c>
+      <c r="R7">
+        <v>4</v>
+      </c>
+      <c r="S7">
+        <v>3</v>
+      </c>
+      <c r="T7">
+        <v>2</v>
+      </c>
+      <c r="U7">
+        <v>4</v>
+      </c>
+      <c r="V7">
+        <v>3</v>
+      </c>
+      <c r="W7">
+        <v>3</v>
+      </c>
+      <c r="X7">
+        <v>3</v>
+      </c>
+      <c r="Y7">
+        <v>4</v>
+      </c>
+      <c r="Z7">
+        <v>3</v>
+      </c>
+      <c r="AA7">
+        <v>3</v>
+      </c>
+      <c r="AB7">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="str">
+        <v>MA2</v>
+      </c>
+      <c r="B8" t="str">
+        <v>T5</v>
+      </c>
+      <c r="C8">
+        <v>5</v>
+      </c>
+      <c r="D8" t="str">
+        <v>Jackson Lott</v>
+      </c>
+      <c r="E8">
+        <v>2</v>
+      </c>
+      <c r="F8">
+        <v>56</v>
+      </c>
+      <c r="H8" t="str">
+        <v>jlcult</v>
+      </c>
+      <c r="I8">
+        <v>2</v>
+      </c>
+      <c r="J8">
+        <v>56</v>
+      </c>
+      <c r="K8">
+        <v>3</v>
+      </c>
+      <c r="L8">
+        <v>3</v>
+      </c>
+      <c r="M8">
+        <v>3</v>
+      </c>
+      <c r="N8">
+        <v>3</v>
+      </c>
+      <c r="O8">
+        <v>3</v>
+      </c>
+      <c r="P8">
+        <v>3</v>
+      </c>
+      <c r="Q8">
+        <v>3</v>
+      </c>
+      <c r="R8">
+        <v>3</v>
+      </c>
+      <c r="S8">
+        <v>3</v>
+      </c>
+      <c r="T8">
+        <v>2</v>
+      </c>
+      <c r="U8">
+        <v>4</v>
+      </c>
+      <c r="V8">
+        <v>3</v>
+      </c>
+      <c r="W8">
+        <v>3</v>
+      </c>
+      <c r="X8">
+        <v>3</v>
+      </c>
+      <c r="Y8">
+        <v>4</v>
+      </c>
+      <c r="Z8">
+        <v>3</v>
+      </c>
+      <c r="AA8">
+        <v>4</v>
+      </c>
+      <c r="AB8">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="str">
+        <v>MA2</v>
+      </c>
+      <c r="B9" t="str">
+        <v>T8</v>
+      </c>
+      <c r="C9">
+        <v>8</v>
+      </c>
+      <c r="D9" t="str">
+        <v>Cory Crompton</v>
+      </c>
+      <c r="E9">
+        <v>3</v>
+      </c>
+      <c r="F9">
+        <v>57</v>
+      </c>
+      <c r="G9">
+        <v>250155</v>
+      </c>
+      <c r="H9" t="str">
+        <v>coryc7</v>
+      </c>
+      <c r="I9">
+        <v>3</v>
+      </c>
+      <c r="J9">
+        <v>57</v>
+      </c>
+      <c r="K9">
+        <v>3</v>
+      </c>
+      <c r="L9">
+        <v>3</v>
+      </c>
+      <c r="M9">
+        <v>3</v>
+      </c>
+      <c r="N9">
+        <v>2</v>
+      </c>
+      <c r="O9">
+        <v>3</v>
+      </c>
+      <c r="P9">
+        <v>3</v>
+      </c>
+      <c r="Q9">
+        <v>4</v>
+      </c>
+      <c r="R9">
+        <v>3</v>
+      </c>
+      <c r="S9">
+        <v>4</v>
+      </c>
+      <c r="T9">
+        <v>3</v>
+      </c>
+      <c r="U9">
+        <v>3</v>
+      </c>
+      <c r="V9">
+        <v>3</v>
+      </c>
+      <c r="W9">
+        <v>4</v>
+      </c>
+      <c r="X9">
+        <v>3</v>
+      </c>
+      <c r="Y9">
+        <v>3</v>
+      </c>
+      <c r="Z9">
+        <v>3</v>
+      </c>
+      <c r="AA9">
+        <v>4</v>
+      </c>
+      <c r="AB9">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="str">
+        <v>MA2</v>
+      </c>
+      <c r="B10" t="str">
+        <v>T8</v>
+      </c>
+      <c r="C10">
+        <v>8</v>
+      </c>
+      <c r="D10" t="str">
+        <v>Brad Procter</v>
+      </c>
+      <c r="E10">
+        <v>3</v>
+      </c>
+      <c r="F10">
+        <v>57</v>
+      </c>
+      <c r="H10" t="str">
+        <v>bradprocter</v>
+      </c>
+      <c r="I10">
+        <v>3</v>
+      </c>
+      <c r="J10">
+        <v>57</v>
+      </c>
+      <c r="K10">
+        <v>4</v>
+      </c>
+      <c r="L10">
+        <v>3</v>
+      </c>
+      <c r="M10">
+        <v>3</v>
+      </c>
+      <c r="N10">
+        <v>3</v>
+      </c>
+      <c r="O10">
+        <v>3</v>
+      </c>
+      <c r="P10">
+        <v>3</v>
+      </c>
+      <c r="Q10">
+        <v>3</v>
+      </c>
+      <c r="R10">
+        <v>4</v>
+      </c>
+      <c r="S10">
+        <v>3</v>
+      </c>
+      <c r="T10">
+        <v>3</v>
+      </c>
+      <c r="U10">
+        <v>3</v>
+      </c>
+      <c r="V10">
+        <v>4</v>
+      </c>
+      <c r="W10">
+        <v>3</v>
+      </c>
+      <c r="X10">
+        <v>4</v>
+      </c>
+      <c r="Y10">
+        <v>2</v>
+      </c>
+      <c r="Z10">
+        <v>3</v>
+      </c>
+      <c r="AA10">
+        <v>3</v>
+      </c>
+      <c r="AB10">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="str">
+        <v>MA2</v>
+      </c>
+      <c r="B11" t="str">
+        <v>T8</v>
+      </c>
+      <c r="C11">
+        <v>8</v>
+      </c>
+      <c r="D11" t="str">
+        <v>Mike Sanchez</v>
+      </c>
+      <c r="E11">
+        <v>3</v>
+      </c>
+      <c r="F11">
+        <v>57</v>
+      </c>
+      <c r="H11" t="str">
+        <v>miguemix</v>
+      </c>
+      <c r="I11">
+        <v>3</v>
+      </c>
+      <c r="J11">
+        <v>57</v>
+      </c>
+      <c r="K11">
+        <v>3</v>
+      </c>
+      <c r="L11">
+        <v>3</v>
+      </c>
+      <c r="M11">
+        <v>3</v>
+      </c>
+      <c r="N11">
+        <v>3</v>
+      </c>
+      <c r="O11">
+        <v>3</v>
+      </c>
+      <c r="P11">
+        <v>2</v>
+      </c>
+      <c r="Q11">
+        <v>3</v>
+      </c>
+      <c r="R11">
+        <v>2</v>
+      </c>
+      <c r="S11">
+        <v>3</v>
+      </c>
+      <c r="T11">
+        <v>4</v>
+      </c>
+      <c r="U11">
+        <v>3</v>
+      </c>
+      <c r="V11">
+        <v>2</v>
+      </c>
+      <c r="W11">
+        <v>6</v>
+      </c>
+      <c r="X11">
+        <v>4</v>
+      </c>
+      <c r="Y11">
+        <v>3</v>
+      </c>
+      <c r="Z11">
+        <v>4</v>
+      </c>
+      <c r="AA11">
+        <v>3</v>
+      </c>
+      <c r="AB11">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="str">
+        <v>MA2</v>
+      </c>
+      <c r="B12" t="str">
+        <v>T8</v>
+      </c>
+      <c r="C12">
+        <v>8</v>
+      </c>
+      <c r="D12" t="str">
+        <v>Ryan Hutton</v>
+      </c>
+      <c r="E12">
+        <v>3</v>
+      </c>
+      <c r="F12">
+        <v>57</v>
+      </c>
+      <c r="H12" t="str">
+        <v>rydhutton</v>
+      </c>
+      <c r="I12">
+        <v>3</v>
+      </c>
+      <c r="J12">
+        <v>57</v>
+      </c>
+      <c r="K12">
+        <v>3</v>
+      </c>
+      <c r="L12">
+        <v>3</v>
+      </c>
+      <c r="M12">
+        <v>3</v>
+      </c>
+      <c r="N12">
+        <v>3</v>
+      </c>
+      <c r="O12">
+        <v>3</v>
+      </c>
+      <c r="P12">
+        <v>4</v>
+      </c>
+      <c r="Q12">
+        <v>3</v>
+      </c>
+      <c r="R12">
+        <v>2</v>
+      </c>
+      <c r="S12">
+        <v>2</v>
+      </c>
+      <c r="T12">
+        <v>3</v>
+      </c>
+      <c r="U12">
+        <v>4</v>
+      </c>
+      <c r="V12">
+        <v>4</v>
+      </c>
+      <c r="W12">
+        <v>2</v>
+      </c>
+      <c r="X12">
+        <v>4</v>
+      </c>
+      <c r="Y12">
+        <v>4</v>
+      </c>
+      <c r="Z12">
+        <v>3</v>
+      </c>
+      <c r="AA12">
+        <v>3</v>
+      </c>
+      <c r="AB12">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="str">
+        <v>MA2</v>
+      </c>
+      <c r="B13" t="str">
+        <v>T12</v>
+      </c>
+      <c r="C13">
+        <v>12</v>
+      </c>
+      <c r="D13" t="str">
+        <v>Peter Tiel</v>
+      </c>
+      <c r="E13">
+        <v>4</v>
+      </c>
+      <c r="F13">
+        <v>58</v>
+      </c>
+      <c r="H13" t="str">
+        <v>peteski00</v>
+      </c>
+      <c r="I13">
+        <v>4</v>
+      </c>
+      <c r="J13">
+        <v>58</v>
+      </c>
+      <c r="K13">
+        <v>3</v>
+      </c>
+      <c r="L13">
+        <v>3</v>
+      </c>
+      <c r="M13">
+        <v>4</v>
+      </c>
+      <c r="N13">
+        <v>3</v>
+      </c>
+      <c r="O13">
+        <v>4</v>
+      </c>
+      <c r="P13">
+        <v>4</v>
+      </c>
+      <c r="Q13">
+        <v>3</v>
+      </c>
+      <c r="R13">
+        <v>3</v>
+      </c>
+      <c r="S13">
+        <v>3</v>
+      </c>
+      <c r="T13">
+        <v>2</v>
+      </c>
+      <c r="U13">
+        <v>3</v>
+      </c>
+      <c r="V13">
+        <v>3</v>
+      </c>
+      <c r="W13">
+        <v>3</v>
+      </c>
+      <c r="X13">
+        <v>3</v>
+      </c>
+      <c r="Y13">
+        <v>4</v>
+      </c>
+      <c r="Z13">
+        <v>3</v>
+      </c>
+      <c r="AA13">
+        <v>3</v>
+      </c>
+      <c r="AB13">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="str">
+        <v>MA2</v>
+      </c>
+      <c r="B14" t="str">
+        <v>T12</v>
+      </c>
+      <c r="C14">
+        <v>12</v>
+      </c>
+      <c r="D14" t="str">
+        <v>Phyllis b</v>
+      </c>
+      <c r="E14">
+        <v>4</v>
+      </c>
+      <c r="F14">
+        <v>58</v>
+      </c>
+      <c r="H14" t="str">
+        <v>geophyllis</v>
+      </c>
+      <c r="I14">
+        <v>4</v>
+      </c>
+      <c r="J14">
+        <v>58</v>
+      </c>
+      <c r="K14">
+        <v>3</v>
+      </c>
+      <c r="L14">
+        <v>3</v>
+      </c>
+      <c r="M14">
+        <v>3</v>
+      </c>
+      <c r="N14">
+        <v>3</v>
+      </c>
+      <c r="O14">
+        <v>3</v>
+      </c>
+      <c r="P14">
+        <v>5</v>
+      </c>
+      <c r="Q14">
+        <v>3</v>
+      </c>
+      <c r="R14">
+        <v>3</v>
+      </c>
+      <c r="S14">
+        <v>4</v>
+      </c>
+      <c r="T14">
+        <v>2</v>
+      </c>
+      <c r="U14">
+        <v>3</v>
+      </c>
+      <c r="V14">
+        <v>2</v>
+      </c>
+      <c r="W14">
+        <v>3</v>
+      </c>
+      <c r="X14">
+        <v>4</v>
+      </c>
+      <c r="Y14">
+        <v>4</v>
+      </c>
+      <c r="Z14">
+        <v>3</v>
+      </c>
+      <c r="AA14">
+        <v>4</v>
+      </c>
+      <c r="AB14">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="str">
+        <v>MA2</v>
+      </c>
+      <c r="B15" t="str">
+        <v>T14</v>
+      </c>
+      <c r="C15">
+        <v>14</v>
+      </c>
+      <c r="D15" t="str">
+        <v>Bruno Luchin</v>
+      </c>
+      <c r="E15">
+        <v>5</v>
+      </c>
+      <c r="F15">
+        <v>59</v>
+      </c>
+      <c r="H15" t="str">
+        <v>discgolfbruno</v>
+      </c>
+      <c r="I15">
+        <v>5</v>
+      </c>
+      <c r="J15">
+        <v>59</v>
+      </c>
+      <c r="K15">
+        <v>3</v>
+      </c>
+      <c r="L15">
+        <v>2</v>
+      </c>
+      <c r="M15">
+        <v>3</v>
+      </c>
+      <c r="N15">
+        <v>4</v>
+      </c>
+      <c r="O15">
+        <v>3</v>
+      </c>
+      <c r="P15">
+        <v>3</v>
+      </c>
+      <c r="Q15">
+        <v>3</v>
+      </c>
+      <c r="R15">
+        <v>4</v>
+      </c>
+      <c r="S15">
+        <v>6</v>
+      </c>
+      <c r="T15">
+        <v>3</v>
+      </c>
+      <c r="U15">
+        <v>2</v>
+      </c>
+      <c r="V15">
+        <v>4</v>
+      </c>
+      <c r="W15">
+        <v>3</v>
+      </c>
+      <c r="X15">
+        <v>3</v>
+      </c>
+      <c r="Y15">
+        <v>3</v>
+      </c>
+      <c r="Z15">
+        <v>3</v>
+      </c>
+      <c r="AA15">
+        <v>3</v>
+      </c>
+      <c r="AB15">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="str">
+        <v>MA2</v>
+      </c>
+      <c r="B16" t="str">
+        <v>T14</v>
+      </c>
+      <c r="C16">
+        <v>14</v>
+      </c>
+      <c r="D16" t="str">
+        <v>Lee Fedyk</v>
+      </c>
+      <c r="E16">
+        <v>5</v>
+      </c>
+      <c r="F16">
+        <v>59</v>
+      </c>
+      <c r="H16" t="str">
+        <v>psysquad</v>
+      </c>
+      <c r="I16">
+        <v>5</v>
+      </c>
+      <c r="J16">
+        <v>59</v>
+      </c>
+      <c r="K16">
+        <v>3</v>
+      </c>
+      <c r="L16">
+        <v>3</v>
+      </c>
+      <c r="M16">
+        <v>3</v>
+      </c>
+      <c r="N16">
+        <v>3</v>
+      </c>
+      <c r="O16">
+        <v>4</v>
+      </c>
+      <c r="P16">
+        <v>4</v>
+      </c>
+      <c r="Q16">
+        <v>3</v>
+      </c>
+      <c r="R16">
+        <v>3</v>
+      </c>
+      <c r="S16">
+        <v>2</v>
+      </c>
+      <c r="T16">
+        <v>3</v>
+      </c>
+      <c r="U16">
+        <v>2</v>
+      </c>
+      <c r="V16">
+        <v>5</v>
+      </c>
+      <c r="W16">
+        <v>3</v>
+      </c>
+      <c r="X16">
+        <v>5</v>
+      </c>
+      <c r="Y16">
+        <v>3</v>
+      </c>
+      <c r="Z16">
+        <v>3</v>
+      </c>
+      <c r="AA16">
+        <v>3</v>
+      </c>
+      <c r="AB16">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="str">
+        <v>MA2</v>
+      </c>
+      <c r="B17" t="str">
+        <v>T14</v>
+      </c>
+      <c r="C17">
+        <v>14</v>
+      </c>
+      <c r="D17" t="str">
+        <v>Rod George</v>
+      </c>
+      <c r="E17">
+        <v>5</v>
+      </c>
+      <c r="F17">
+        <v>59</v>
+      </c>
+      <c r="H17" t="str">
+        <v>roddie16</v>
+      </c>
+      <c r="I17">
+        <v>5</v>
+      </c>
+      <c r="J17">
+        <v>59</v>
+      </c>
+      <c r="K17">
+        <v>3</v>
+      </c>
+      <c r="L17">
+        <v>4</v>
+      </c>
+      <c r="M17">
+        <v>4</v>
+      </c>
+      <c r="N17">
+        <v>3</v>
+      </c>
+      <c r="O17">
+        <v>3</v>
+      </c>
+      <c r="P17">
+        <v>4</v>
+      </c>
+      <c r="Q17">
+        <v>3</v>
+      </c>
+      <c r="R17">
+        <v>3</v>
+      </c>
+      <c r="S17">
+        <v>4</v>
+      </c>
+      <c r="T17">
+        <v>2</v>
+      </c>
+      <c r="U17">
+        <v>3</v>
+      </c>
+      <c r="V17">
+        <v>3</v>
+      </c>
+      <c r="W17">
+        <v>3</v>
+      </c>
+      <c r="X17">
+        <v>4</v>
+      </c>
+      <c r="Y17">
+        <v>4</v>
+      </c>
+      <c r="Z17">
+        <v>3</v>
+      </c>
+      <c r="AA17">
+        <v>3</v>
+      </c>
+      <c r="AB17">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="str">
+        <v>MA2</v>
+      </c>
+      <c r="B18" t="str">
+        <v>T14</v>
+      </c>
+      <c r="C18">
+        <v>14</v>
+      </c>
+      <c r="D18" t="str">
+        <v>Sean Blank</v>
+      </c>
+      <c r="E18">
+        <v>5</v>
+      </c>
+      <c r="F18">
+        <v>59</v>
+      </c>
+      <c r="H18" t="str">
+        <v>spankyblanky</v>
+      </c>
+      <c r="I18">
+        <v>5</v>
+      </c>
+      <c r="J18">
+        <v>59</v>
+      </c>
+      <c r="K18">
+        <v>3</v>
+      </c>
+      <c r="L18">
+        <v>3</v>
+      </c>
+      <c r="M18">
+        <v>5</v>
+      </c>
+      <c r="N18">
+        <v>2</v>
+      </c>
+      <c r="O18">
+        <v>3</v>
+      </c>
+      <c r="P18">
+        <v>4</v>
+      </c>
+      <c r="Q18">
+        <v>3</v>
+      </c>
+      <c r="R18">
+        <v>3</v>
+      </c>
+      <c r="S18">
+        <v>3</v>
+      </c>
+      <c r="T18">
+        <v>3</v>
+      </c>
+      <c r="U18">
+        <v>3</v>
+      </c>
+      <c r="V18">
+        <v>2</v>
+      </c>
+      <c r="W18">
+        <v>3</v>
+      </c>
+      <c r="X18">
+        <v>4</v>
+      </c>
+      <c r="Y18">
+        <v>4</v>
+      </c>
+      <c r="Z18">
+        <v>4</v>
+      </c>
+      <c r="AA18">
+        <v>3</v>
+      </c>
+      <c r="AB18">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="str">
+        <v>MA2</v>
+      </c>
+      <c r="B19" t="str">
+        <v>T14</v>
+      </c>
+      <c r="C19">
+        <v>14</v>
+      </c>
+      <c r="D19" t="str">
+        <v>Steve Popple</v>
+      </c>
+      <c r="E19">
+        <v>5</v>
+      </c>
+      <c r="F19">
+        <v>59</v>
+      </c>
+      <c r="H19" t="str">
+        <v>spopple</v>
+      </c>
+      <c r="I19">
+        <v>5</v>
+      </c>
+      <c r="J19">
+        <v>59</v>
+      </c>
+      <c r="K19">
+        <v>4</v>
+      </c>
+      <c r="L19">
+        <v>4</v>
+      </c>
+      <c r="M19">
+        <v>3</v>
+      </c>
+      <c r="N19">
+        <v>3</v>
+      </c>
+      <c r="O19">
+        <v>3</v>
+      </c>
+      <c r="P19">
+        <v>5</v>
+      </c>
+      <c r="Q19">
+        <v>3</v>
+      </c>
+      <c r="R19">
+        <v>3</v>
+      </c>
+      <c r="S19">
+        <v>3</v>
+      </c>
+      <c r="T19">
+        <v>3</v>
+      </c>
+      <c r="U19">
+        <v>3</v>
+      </c>
+      <c r="V19">
+        <v>3</v>
+      </c>
+      <c r="W19">
+        <v>3</v>
+      </c>
+      <c r="X19">
+        <v>4</v>
+      </c>
+      <c r="Y19">
+        <v>4</v>
+      </c>
+      <c r="Z19">
+        <v>2</v>
+      </c>
+      <c r="AA19">
+        <v>2</v>
+      </c>
+      <c r="AB19">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="str">
+        <v>MA2</v>
+      </c>
+      <c r="B20" t="str">
+        <v>19</v>
+      </c>
+      <c r="C20">
+        <v>19</v>
+      </c>
+      <c r="D20" t="str">
+        <v>Nick Bell</v>
+      </c>
+      <c r="E20">
+        <v>7</v>
+      </c>
+      <c r="F20">
+        <v>61</v>
+      </c>
+      <c r="H20" t="str">
+        <v>willnickbell</v>
+      </c>
+      <c r="I20">
+        <v>7</v>
+      </c>
+      <c r="J20">
+        <v>61</v>
+      </c>
+      <c r="K20">
+        <v>4</v>
+      </c>
+      <c r="L20">
+        <v>3</v>
+      </c>
+      <c r="M20">
+        <v>4</v>
+      </c>
+      <c r="N20">
+        <v>4</v>
+      </c>
+      <c r="O20">
+        <v>3</v>
+      </c>
+      <c r="P20">
+        <v>5</v>
+      </c>
+      <c r="Q20">
+        <v>3</v>
+      </c>
+      <c r="R20">
+        <v>3</v>
+      </c>
+      <c r="S20">
+        <v>3</v>
+      </c>
+      <c r="T20">
+        <v>4</v>
+      </c>
+      <c r="U20">
+        <v>3</v>
+      </c>
+      <c r="V20">
+        <v>2</v>
+      </c>
+      <c r="W20">
+        <v>3</v>
+      </c>
+      <c r="X20">
+        <v>4</v>
+      </c>
+      <c r="Y20">
+        <v>3</v>
+      </c>
+      <c r="Z20">
+        <v>3</v>
+      </c>
+      <c r="AA20">
+        <v>3</v>
+      </c>
+      <c r="AB20">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="str">
+        <v>MA2</v>
+      </c>
+      <c r="B21" t="str">
+        <v>T20</v>
+      </c>
+      <c r="C21">
+        <v>20</v>
+      </c>
+      <c r="D21" t="str">
+        <v>Chris Clark</v>
+      </c>
+      <c r="E21">
+        <v>8</v>
+      </c>
+      <c r="F21">
+        <v>62</v>
+      </c>
+      <c r="H21" t="str">
+        <v>clarky64</v>
+      </c>
+      <c r="I21">
+        <v>8</v>
+      </c>
+      <c r="J21">
+        <v>62</v>
+      </c>
+      <c r="K21">
+        <v>5</v>
+      </c>
+      <c r="L21">
+        <v>3</v>
+      </c>
+      <c r="M21">
+        <v>3</v>
+      </c>
+      <c r="N21">
+        <v>4</v>
+      </c>
+      <c r="O21">
+        <v>3</v>
+      </c>
+      <c r="P21">
+        <v>3</v>
+      </c>
+      <c r="Q21">
+        <v>3</v>
+      </c>
+      <c r="R21">
+        <v>3</v>
+      </c>
+      <c r="S21">
+        <v>4</v>
+      </c>
+      <c r="T21">
+        <v>3</v>
+      </c>
+      <c r="U21">
+        <v>3</v>
+      </c>
+      <c r="V21">
+        <v>3</v>
+      </c>
+      <c r="W21">
+        <v>4</v>
+      </c>
+      <c r="X21">
+        <v>4</v>
+      </c>
+      <c r="Y21">
+        <v>4</v>
+      </c>
+      <c r="Z21">
+        <v>3</v>
+      </c>
+      <c r="AA21">
+        <v>3</v>
+      </c>
+      <c r="AB21">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="str">
+        <v>MA2</v>
+      </c>
+      <c r="B22" t="str">
+        <v>T20</v>
+      </c>
+      <c r="C22">
+        <v>20</v>
+      </c>
+      <c r="D22" t="str">
+        <v>Simon Seutter</v>
+      </c>
+      <c r="E22">
+        <v>8</v>
+      </c>
+      <c r="F22">
+        <v>62</v>
+      </c>
+      <c r="H22" t="str">
+        <v>sisuits</v>
+      </c>
+      <c r="I22">
+        <v>8</v>
+      </c>
+      <c r="J22">
+        <v>62</v>
+      </c>
+      <c r="K22">
+        <v>3</v>
+      </c>
+      <c r="L22">
+        <v>3</v>
+      </c>
+      <c r="M22">
+        <v>4</v>
+      </c>
+      <c r="N22">
+        <v>3</v>
+      </c>
+      <c r="O22">
+        <v>3</v>
+      </c>
+      <c r="P22">
+        <v>5</v>
+      </c>
+      <c r="Q22">
+        <v>3</v>
+      </c>
+      <c r="R22">
+        <v>4</v>
+      </c>
+      <c r="S22">
+        <v>3</v>
+      </c>
+      <c r="T22">
+        <v>4</v>
+      </c>
+      <c r="U22">
+        <v>2</v>
+      </c>
+      <c r="V22">
+        <v>5</v>
+      </c>
+      <c r="W22">
+        <v>3</v>
+      </c>
+      <c r="X22">
+        <v>3</v>
+      </c>
+      <c r="Y22">
+        <v>3</v>
+      </c>
+      <c r="Z22">
+        <v>3</v>
+      </c>
+      <c r="AA22">
+        <v>5</v>
+      </c>
+      <c r="AB22">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="str">
+        <v>MA2</v>
+      </c>
+      <c r="B23" t="str">
+        <v>T22</v>
+      </c>
+      <c r="C23">
+        <v>22</v>
+      </c>
+      <c r="D23" t="str">
+        <v>Dion Pickles-Teller</v>
+      </c>
+      <c r="E23">
+        <v>13</v>
+      </c>
+      <c r="F23">
+        <v>67</v>
+      </c>
+      <c r="G23">
+        <v>272361</v>
+      </c>
+      <c r="H23" t="str">
+        <v>dpizzickles</v>
+      </c>
+      <c r="I23">
+        <v>13</v>
+      </c>
+      <c r="J23">
+        <v>67</v>
+      </c>
+      <c r="K23">
+        <v>3</v>
+      </c>
+      <c r="L23">
+        <v>7</v>
+      </c>
+      <c r="M23">
+        <v>3</v>
+      </c>
+      <c r="N23">
+        <v>3</v>
+      </c>
+      <c r="O23">
+        <v>3</v>
+      </c>
+      <c r="P23">
+        <v>4</v>
+      </c>
+      <c r="Q23">
+        <v>4</v>
+      </c>
+      <c r="R23">
+        <v>3</v>
+      </c>
+      <c r="S23">
+        <v>3</v>
+      </c>
+      <c r="T23">
+        <v>3</v>
+      </c>
+      <c r="U23">
+        <v>5</v>
+      </c>
+      <c r="V23">
+        <v>3</v>
+      </c>
+      <c r="W23">
+        <v>4</v>
+      </c>
+      <c r="X23">
+        <v>4</v>
+      </c>
+      <c r="Y23">
+        <v>4</v>
+      </c>
+      <c r="Z23">
+        <v>4</v>
+      </c>
+      <c r="AA23">
+        <v>3</v>
+      </c>
+      <c r="AB23">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="str">
+        <v>MA2</v>
+      </c>
+      <c r="B24" t="str">
+        <v>T22</v>
+      </c>
+      <c r="C24">
+        <v>22</v>
+      </c>
+      <c r="D24" t="str">
+        <v>Collin Reid</v>
+      </c>
+      <c r="E24">
+        <v>13</v>
+      </c>
+      <c r="F24">
+        <v>67</v>
+      </c>
+      <c r="H24" t="str">
+        <v>reidcollin</v>
+      </c>
+      <c r="I24">
+        <v>13</v>
+      </c>
+      <c r="J24">
+        <v>67</v>
+      </c>
+      <c r="K24">
+        <v>3</v>
+      </c>
+      <c r="L24">
+        <v>3</v>
+      </c>
+      <c r="M24">
+        <v>3</v>
+      </c>
+      <c r="N24">
+        <v>4</v>
+      </c>
+      <c r="O24">
+        <v>3</v>
+      </c>
+      <c r="P24">
+        <v>5</v>
+      </c>
+      <c r="Q24">
+        <v>4</v>
+      </c>
+      <c r="R24">
+        <v>3</v>
+      </c>
+      <c r="S24">
+        <v>5</v>
+      </c>
+      <c r="T24">
+        <v>3</v>
+      </c>
+      <c r="U24">
+        <v>3</v>
+      </c>
+      <c r="V24">
+        <v>4</v>
+      </c>
+      <c r="W24">
+        <v>4</v>
+      </c>
+      <c r="X24">
+        <v>4</v>
+      </c>
+      <c r="Y24">
+        <v>3</v>
+      </c>
+      <c r="Z24">
+        <v>3</v>
+      </c>
+      <c r="AA24">
+        <v>6</v>
+      </c>
+      <c r="AB24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="str">
+        <v>MA2</v>
+      </c>
+      <c r="B25" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D25" t="str">
+        <v>Jadon Grant</v>
+      </c>
+      <c r="E25">
+        <v>15</v>
+      </c>
+      <c r="F25">
+        <v>42</v>
+      </c>
+      <c r="G25">
+        <v>208031</v>
+      </c>
+      <c r="H25" t="str">
+        <v>jaygee133</v>
+      </c>
+      <c r="I25">
+        <v>15</v>
+      </c>
+      <c r="J25">
+        <v>42</v>
+      </c>
+      <c r="K25">
+        <v>5</v>
+      </c>
+      <c r="L25">
+        <v>6</v>
+      </c>
+      <c r="M25">
+        <v>4</v>
+      </c>
+      <c r="N25">
+        <v>4</v>
+      </c>
+      <c r="O25">
+        <v>6</v>
+      </c>
+      <c r="P25">
+        <v>4</v>
+      </c>
+      <c r="Q25">
+        <v>6</v>
+      </c>
+      <c r="R25">
+        <v>3</v>
+      </c>
+      <c r="S25">
+        <v>4</v>
+      </c>
+    </row>
+  </sheetData>
+  <ignoredErrors>
+    <ignoredError numberStoredAsText="1" sqref="A1:AB25"/>
+  </ignoredErrors>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <dimension ref="A1:AB12"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <cols>
+    <col min="1" max="1" width="8.83203125" customWidth="1"/>
+    <col min="2" max="2" width="8.83203125" customWidth="1"/>
+    <col min="3" max="3" width="12.83203125" customWidth="1"/>
+    <col min="4" max="4" width="20.83203125" customWidth="1"/>
+    <col min="5" max="5" width="20.83203125" customWidth="1"/>
+    <col min="6" max="6" width="17.83203125" customWidth="1"/>
+    <col min="7" max="7" width="11.83203125" customWidth="1"/>
+    <col min="8" max="8" width="8.83203125" customWidth="1"/>
+    <col min="9" max="9" width="20.83203125" customWidth="1"/>
+    <col min="10" max="10" width="17.83203125" customWidth="1"/>
+    <col min="11" max="11" width="6.83203125" customWidth="1"/>
+    <col min="12" max="12" width="6.83203125" customWidth="1"/>
+    <col min="13" max="13" width="6.83203125" customWidth="1"/>
+    <col min="14" max="14" width="6.83203125" customWidth="1"/>
+    <col min="15" max="15" width="6.83203125" customWidth="1"/>
+    <col min="16" max="16" width="6.83203125" customWidth="1"/>
+    <col min="17" max="17" width="6.83203125" customWidth="1"/>
+    <col min="18" max="18" width="6.83203125" customWidth="1"/>
+    <col min="19" max="19" width="6.83203125" customWidth="1"/>
+    <col min="20" max="20" width="7.83203125" customWidth="1"/>
+    <col min="21" max="21" width="7.83203125" customWidth="1"/>
+    <col min="22" max="22" width="7.83203125" customWidth="1"/>
+    <col min="23" max="23" width="7.83203125" customWidth="1"/>
+    <col min="24" max="24" width="7.83203125" customWidth="1"/>
+    <col min="25" max="25" width="7.83203125" customWidth="1"/>
+    <col min="26" max="26" width="7.83203125" customWidth="1"/>
+    <col min="27" max="27" width="7.83203125" customWidth="1"/>
+    <col min="28" max="28" width="7.83203125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="str">
+        <v>division</v>
+      </c>
+      <c r="B1" t="str">
+        <v>position</v>
+      </c>
+      <c r="C1" t="str">
+        <v>position_raw</v>
+      </c>
+      <c r="D1" t="str">
+        <v>name</v>
+      </c>
+      <c r="E1" t="str">
+        <v>event_relative_score</v>
+      </c>
+      <c r="F1" t="str">
+        <v>event_total_score</v>
+      </c>
+      <c r="G1" t="str">
+        <v>pdga_number</v>
+      </c>
+      <c r="H1" t="str">
+        <v>username</v>
+      </c>
+      <c r="I1" t="str">
+        <v>round_relative_score</v>
+      </c>
+      <c r="J1" t="str">
+        <v>round_total_score</v>
+      </c>
+      <c r="K1" t="str">
+        <v>hole_1</v>
+      </c>
+      <c r="L1" t="str">
+        <v>hole_2</v>
+      </c>
+      <c r="M1" t="str">
+        <v>hole_3</v>
+      </c>
+      <c r="N1" t="str">
+        <v>hole_4</v>
+      </c>
+      <c r="O1" t="str">
+        <v>hole_5</v>
+      </c>
+      <c r="P1" t="str">
+        <v>hole_6</v>
+      </c>
+      <c r="Q1" t="str">
+        <v>hole_7</v>
+      </c>
+      <c r="R1" t="str">
+        <v>hole_8</v>
+      </c>
+      <c r="S1" t="str">
+        <v>hole_9</v>
+      </c>
+      <c r="T1" t="str">
+        <v>hole_10</v>
+      </c>
+      <c r="U1" t="str">
+        <v>hole_11</v>
+      </c>
+      <c r="V1" t="str">
+        <v>hole_12</v>
+      </c>
+      <c r="W1" t="str">
+        <v>hole_13</v>
+      </c>
+      <c r="X1" t="str">
+        <v>hole_14</v>
+      </c>
+      <c r="Y1" t="str">
+        <v>hole_15</v>
+      </c>
+      <c r="Z1" t="str">
+        <v>hole_16</v>
+      </c>
+      <c r="AA1" t="str">
+        <v>hole_17</v>
+      </c>
+      <c r="AB1" t="str">
+        <v>hole_18</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="str">
+        <v>MA3</v>
+      </c>
+      <c r="B2" t="str">
+        <v>T1</v>
+      </c>
+      <c r="C2">
         <v>1</v>
       </c>
+      <c r="D2" t="str">
+        <v xml:space="preserve">Aidan Eccleston </v>
+      </c>
+      <c r="E2">
+        <v>-1</v>
+      </c>
       <c r="F2">
-        <v>19</v>
+        <v>54</v>
       </c>
       <c r="H2" t="str">
-        <v>mikeael</v>
+        <v>aldzgod</v>
       </c>
       <c r="I2">
-        <v>1</v>
+        <v>-1</v>
       </c>
       <c r="J2">
-        <v>19</v>
+        <v>54</v>
       </c>
       <c r="K2">
         <v>3</v>
       </c>
       <c r="L2">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="M2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
       <c r="P2">
-        <v>3</v>
+        <v>4</v>
+      </c>
+      <c r="Q2">
+        <v>4</v>
+      </c>
+      <c r="R2">
+        <v>3</v>
+      </c>
+      <c r="S2">
+        <v>2</v>
+      </c>
+      <c r="T2">
+        <v>2</v>
+      </c>
+      <c r="U2">
+        <v>3</v>
+      </c>
+      <c r="V2">
+        <v>4</v>
+      </c>
+      <c r="W2">
+        <v>3</v>
+      </c>
+      <c r="X2">
+        <v>3</v>
+      </c>
+      <c r="Y2">
+        <v>2</v>
+      </c>
+      <c r="Z2">
+        <v>2</v>
+      </c>
+      <c r="AA2">
+        <v>4</v>
+      </c>
+      <c r="AB2">
+        <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>MA3</v>
       </c>
       <c r="B3" t="str">
-        <v>2</v>
+        <v>T1</v>
       </c>
       <c r="C3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D3" t="str">
-        <v>Daniel McClure</v>
+        <v>Michael Gwynne-Thompson</v>
       </c>
       <c r="E3">
-        <v>4</v>
+        <v>-1</v>
       </c>
       <c r="F3">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>311242</v>
+        <v>54</v>
       </c>
       <c r="H3" t="str">
-        <v>danmcclure</v>
+        <v>mikeael</v>
       </c>
       <c r="I3">
-        <v>4</v>
+        <v>-1</v>
       </c>
       <c r="J3">
-        <v>40</v>
+        <v>54</v>
       </c>
       <c r="K3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
       <c r="M3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N3">
         <v>3</v>
       </c>
       <c r="O3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="R3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T3">
         <v>2</v>
       </c>
       <c r="U3">
         <v>3</v>
       </c>
       <c r="V3">
         <v>4</v>
+      </c>
+      <c r="W3">
+        <v>3</v>
+      </c>
+      <c r="X3">
+        <v>3</v>
+      </c>
+      <c r="Y3">
+        <v>3</v>
+      </c>
+      <c r="Z3">
+        <v>3</v>
+      </c>
+      <c r="AA3">
+        <v>3</v>
+      </c>
+      <c r="AB3">
+        <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>MA3</v>
       </c>
       <c r="B4" t="str">
-        <v>3</v>
+        <v>T3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
-        <v>Dustin Wilde</v>
+        <v>Daniel McClure</v>
       </c>
       <c r="E4">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="F4">
-        <v>23</v>
+        <v>58</v>
+      </c>
+      <c r="G4">
+        <v>311242</v>
       </c>
       <c r="H4" t="str">
-        <v>scooterking</v>
+        <v>danmcclure</v>
       </c>
       <c r="I4">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="J4">
-        <v>23</v>
+        <v>58</v>
       </c>
       <c r="K4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L4">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="M4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O4">
         <v>4</v>
       </c>
       <c r="P4">
+        <v>2</v>
+      </c>
+      <c r="Q4">
+        <v>5</v>
+      </c>
+      <c r="R4">
+        <v>3</v>
+      </c>
+      <c r="S4">
+        <v>4</v>
+      </c>
+      <c r="T4">
+        <v>2</v>
+      </c>
+      <c r="U4">
+        <v>3</v>
+      </c>
+      <c r="V4">
+        <v>4</v>
+      </c>
+      <c r="W4">
+        <v>4</v>
+      </c>
+      <c r="X4">
+        <v>3</v>
+      </c>
+      <c r="Y4">
+        <v>2</v>
+      </c>
+      <c r="Z4">
+        <v>3</v>
+      </c>
+      <c r="AA4">
+        <v>3</v>
+      </c>
+      <c r="AB4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>MA3</v>
       </c>
       <c r="B5" t="str">
-        <v>4</v>
+        <v>T3</v>
       </c>
       <c r="C5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D5" t="str">
-        <v>Emma Wilde</v>
+        <v>Jennifer Ponce</v>
       </c>
       <c r="E5">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="F5">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="H5" t="str">
-        <v>ewilde</v>
+        <v>jenniferpv</v>
       </c>
       <c r="I5">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="J5">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="K5">
         <v>4</v>
       </c>
       <c r="L5">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="M5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N5">
         <v>4</v>
       </c>
       <c r="O5">
         <v>4</v>
       </c>
       <c r="P5">
+        <v>3</v>
+      </c>
+      <c r="Q5">
+        <v>3</v>
+      </c>
+      <c r="R5">
+        <v>3</v>
+      </c>
+      <c r="S5">
+        <v>3</v>
+      </c>
+      <c r="T5">
+        <v>2</v>
+      </c>
+      <c r="U5">
+        <v>4</v>
+      </c>
+      <c r="V5">
+        <v>3</v>
+      </c>
+      <c r="W5">
+        <v>3</v>
+      </c>
+      <c r="X5">
+        <v>3</v>
+      </c>
+      <c r="Y5">
+        <v>3</v>
+      </c>
+      <c r="Z5">
+        <v>4</v>
+      </c>
+      <c r="AA5">
+        <v>3</v>
+      </c>
+      <c r="AB5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
+        <v>MA3</v>
+      </c>
+      <c r="B6" t="str">
+        <v>5</v>
+      </c>
+      <c r="C6">
+        <v>5</v>
+      </c>
+      <c r="D6" t="str">
+        <v>Dustin Wilde</v>
+      </c>
+      <c r="E6">
+        <v>4</v>
+      </c>
+      <c r="F6">
+        <v>59</v>
+      </c>
+      <c r="H6" t="str">
+        <v>scooterking</v>
+      </c>
+      <c r="I6">
+        <v>4</v>
+      </c>
+      <c r="J6">
+        <v>59</v>
+      </c>
+      <c r="K6">
+        <v>3</v>
+      </c>
+      <c r="L6">
+        <v>5</v>
+      </c>
+      <c r="M6">
+        <v>4</v>
+      </c>
+      <c r="N6">
+        <v>4</v>
+      </c>
+      <c r="O6">
+        <v>4</v>
+      </c>
+      <c r="P6">
+        <v>3</v>
+      </c>
+      <c r="Q6">
+        <v>3</v>
+      </c>
+      <c r="R6">
+        <v>3</v>
+      </c>
+      <c r="S6">
+        <v>3</v>
+      </c>
+      <c r="T6">
+        <v>2</v>
+      </c>
+      <c r="U6">
+        <v>3</v>
+      </c>
+      <c r="V6">
+        <v>4</v>
+      </c>
+      <c r="W6">
+        <v>3</v>
+      </c>
+      <c r="X6">
+        <v>4</v>
+      </c>
+      <c r="Y6">
+        <v>3</v>
+      </c>
+      <c r="Z6">
+        <v>3</v>
+      </c>
+      <c r="AA6">
+        <v>3</v>
+      </c>
+      <c r="AB6">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="str">
+        <v>MA3</v>
+      </c>
+      <c r="B7" t="str">
+        <v>6</v>
+      </c>
+      <c r="C7">
+        <v>6</v>
+      </c>
+      <c r="D7" t="str">
+        <v>Linden Bell</v>
+      </c>
+      <c r="E7">
+        <v>6</v>
+      </c>
+      <c r="F7">
+        <v>61</v>
+      </c>
+      <c r="H7" t="str">
+        <v>lindenbell</v>
+      </c>
+      <c r="I7">
+        <v>6</v>
+      </c>
+      <c r="J7">
+        <v>61</v>
+      </c>
+      <c r="K7">
+        <v>7</v>
+      </c>
+      <c r="L7">
+        <v>4</v>
+      </c>
+      <c r="M7">
+        <v>4</v>
+      </c>
+      <c r="N7">
+        <v>4</v>
+      </c>
+      <c r="O7">
+        <v>4</v>
+      </c>
+      <c r="P7">
+        <v>2</v>
+      </c>
+      <c r="Q7">
+        <v>3</v>
+      </c>
+      <c r="R7">
+        <v>2</v>
+      </c>
+      <c r="S7">
+        <v>3</v>
+      </c>
+      <c r="T7">
+        <v>4</v>
+      </c>
+      <c r="U7">
+        <v>3</v>
+      </c>
+      <c r="V7">
+        <v>2</v>
+      </c>
+      <c r="W7">
+        <v>3</v>
+      </c>
+      <c r="X7">
+        <v>4</v>
+      </c>
+      <c r="Y7">
+        <v>3</v>
+      </c>
+      <c r="Z7">
+        <v>3</v>
+      </c>
+      <c r="AA7">
+        <v>2</v>
+      </c>
+      <c r="AB7">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="str">
+        <v>MA3</v>
+      </c>
+      <c r="B8" t="str">
+        <v>T7</v>
+      </c>
+      <c r="C8">
+        <v>7</v>
+      </c>
+      <c r="D8" t="str">
+        <v>Allie McKimm</v>
+      </c>
+      <c r="E8">
+        <v>10</v>
+      </c>
+      <c r="F8">
+        <v>65</v>
+      </c>
+      <c r="H8" t="str">
+        <v>alliemckimm</v>
+      </c>
+      <c r="I8">
+        <v>10</v>
+      </c>
+      <c r="J8">
+        <v>65</v>
+      </c>
+      <c r="K8">
+        <v>3</v>
+      </c>
+      <c r="L8">
+        <v>6</v>
+      </c>
+      <c r="M8">
+        <v>4</v>
+      </c>
+      <c r="N8">
+        <v>3</v>
+      </c>
+      <c r="O8">
+        <v>4</v>
+      </c>
+      <c r="P8">
+        <v>3</v>
+      </c>
+      <c r="Q8">
+        <v>4</v>
+      </c>
+      <c r="R8">
+        <v>2</v>
+      </c>
+      <c r="S8">
+        <v>4</v>
+      </c>
+      <c r="T8">
+        <v>3</v>
+      </c>
+      <c r="U8">
+        <v>3</v>
+      </c>
+      <c r="V8">
+        <v>5</v>
+      </c>
+      <c r="W8">
+        <v>4</v>
+      </c>
+      <c r="X8">
+        <v>4</v>
+      </c>
+      <c r="Y8">
+        <v>3</v>
+      </c>
+      <c r="Z8">
+        <v>3</v>
+      </c>
+      <c r="AA8">
+        <v>3</v>
+      </c>
+      <c r="AB8">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="str">
+        <v>MA3</v>
+      </c>
+      <c r="B9" t="str">
+        <v>T7</v>
+      </c>
+      <c r="C9">
+        <v>7</v>
+      </c>
+      <c r="D9" t="str">
+        <v>Emma Wilde</v>
+      </c>
+      <c r="E9">
+        <v>10</v>
+      </c>
+      <c r="F9">
+        <v>65</v>
+      </c>
+      <c r="H9" t="str">
+        <v>ewilde</v>
+      </c>
+      <c r="I9">
+        <v>10</v>
+      </c>
+      <c r="J9">
+        <v>65</v>
+      </c>
+      <c r="K9">
+        <v>4</v>
+      </c>
+      <c r="L9">
+        <v>5</v>
+      </c>
+      <c r="M9">
+        <v>4</v>
+      </c>
+      <c r="N9">
+        <v>4</v>
+      </c>
+      <c r="O9">
+        <v>4</v>
+      </c>
+      <c r="P9">
+        <v>3</v>
+      </c>
+      <c r="Q9">
+        <v>3</v>
+      </c>
+      <c r="R9">
+        <v>4</v>
+      </c>
+      <c r="S9">
+        <v>4</v>
+      </c>
+      <c r="T9">
+        <v>3</v>
+      </c>
+      <c r="U9">
+        <v>4</v>
+      </c>
+      <c r="V9">
+        <v>5</v>
+      </c>
+      <c r="W9">
+        <v>3</v>
+      </c>
+      <c r="X9">
+        <v>3</v>
+      </c>
+      <c r="Y9">
+        <v>3</v>
+      </c>
+      <c r="Z9">
+        <v>3</v>
+      </c>
+      <c r="AA9">
+        <v>3</v>
+      </c>
+      <c r="AB9">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="str">
+        <v>MA3</v>
+      </c>
+      <c r="B10" t="str">
+        <v>9</v>
+      </c>
+      <c r="C10">
+        <v>9</v>
+      </c>
+      <c r="D10" t="str">
+        <v>Jaime Clifton</v>
+      </c>
+      <c r="E10">
+        <v>16</v>
+      </c>
+      <c r="F10">
+        <v>71</v>
+      </c>
+      <c r="H10" t="str">
+        <v>jaimelynn</v>
+      </c>
+      <c r="I10">
+        <v>16</v>
+      </c>
+      <c r="J10">
+        <v>71</v>
+      </c>
+      <c r="K10">
+        <v>5</v>
+      </c>
+      <c r="L10">
+        <v>5</v>
+      </c>
+      <c r="M10">
+        <v>5</v>
+      </c>
+      <c r="N10">
+        <v>4</v>
+      </c>
+      <c r="O10">
+        <v>3</v>
+      </c>
+      <c r="P10">
+        <v>3</v>
+      </c>
+      <c r="Q10">
+        <v>4</v>
+      </c>
+      <c r="R10">
+        <v>5</v>
+      </c>
+      <c r="S10">
+        <v>5</v>
+      </c>
+      <c r="T10">
+        <v>2</v>
+      </c>
+      <c r="U10">
+        <v>4</v>
+      </c>
+      <c r="V10">
+        <v>4</v>
+      </c>
+      <c r="W10">
+        <v>4</v>
+      </c>
+      <c r="X10">
+        <v>5</v>
+      </c>
+      <c r="Y10">
+        <v>3</v>
+      </c>
+      <c r="Z10">
+        <v>4</v>
+      </c>
+      <c r="AA10">
+        <v>3</v>
+      </c>
+      <c r="AB10">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="str">
         <v>MJ15</v>
       </c>
-      <c r="D6" t="str">
+      <c r="B11" t="str">
+        <v>1</v>
+      </c>
+      <c r="C11">
+        <v>1</v>
+      </c>
+      <c r="D11" t="str">
+        <v>Jove teirlinck</v>
+      </c>
+      <c r="E11">
+        <v>-2</v>
+      </c>
+      <c r="F11">
+        <v>53</v>
+      </c>
+      <c r="H11" t="str">
+        <v>jove13</v>
+      </c>
+      <c r="I11">
+        <v>-2</v>
+      </c>
+      <c r="J11">
+        <v>53</v>
+      </c>
+      <c r="K11">
+        <v>3</v>
+      </c>
+      <c r="L11">
+        <v>2</v>
+      </c>
+      <c r="M11">
+        <v>3</v>
+      </c>
+      <c r="N11">
+        <v>2</v>
+      </c>
+      <c r="O11">
+        <v>3</v>
+      </c>
+      <c r="P11">
+        <v>3</v>
+      </c>
+      <c r="Q11">
+        <v>3</v>
+      </c>
+      <c r="R11">
+        <v>3</v>
+      </c>
+      <c r="S11">
+        <v>4</v>
+      </c>
+      <c r="T11">
+        <v>3</v>
+      </c>
+      <c r="U11">
+        <v>4</v>
+      </c>
+      <c r="V11">
+        <v>2</v>
+      </c>
+      <c r="W11">
+        <v>3</v>
+      </c>
+      <c r="X11">
+        <v>3</v>
+      </c>
+      <c r="Y11">
+        <v>4</v>
+      </c>
+      <c r="Z11">
+        <v>3</v>
+      </c>
+      <c r="AA11">
+        <v>3</v>
+      </c>
+      <c r="AB11">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="str">
+        <v>MJ15</v>
+      </c>
+      <c r="B12" t="str">
+        <v>2</v>
+      </c>
+      <c r="C12">
+        <v>2</v>
+      </c>
+      <c r="D12" t="str">
         <v>Levi Buchanan</v>
       </c>
-      <c r="E6">
-[...5 lines deleted...]
-      <c r="H6" t="str">
+      <c r="E12">
+        <v>17</v>
+      </c>
+      <c r="F12">
+        <v>72</v>
+      </c>
+      <c r="H12" t="str">
         <v>korpalfunk</v>
       </c>
-      <c r="I6">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="I12">
+        <v>17</v>
+      </c>
+      <c r="J12">
+        <v>72</v>
+      </c>
+      <c r="K12">
+        <v>5</v>
+      </c>
+      <c r="L12">
+        <v>5</v>
+      </c>
+      <c r="M12">
+        <v>4</v>
+      </c>
+      <c r="N12">
+        <v>5</v>
+      </c>
+      <c r="O12">
+        <v>3</v>
+      </c>
+      <c r="P12">
+        <v>5</v>
+      </c>
+      <c r="Q12">
+        <v>4</v>
+      </c>
+      <c r="R12">
+        <v>3</v>
+      </c>
+      <c r="S12">
+        <v>4</v>
+      </c>
+      <c r="T12">
+        <v>4</v>
+      </c>
+      <c r="U12">
+        <v>5</v>
+      </c>
+      <c r="V12">
+        <v>3</v>
+      </c>
+      <c r="W12">
+        <v>4</v>
+      </c>
+      <c r="X12">
+        <v>4</v>
+      </c>
+      <c r="Y12">
+        <v>5</v>
+      </c>
+      <c r="Z12">
+        <v>4</v>
+      </c>
+      <c r="AA12">
+        <v>3</v>
+      </c>
+      <c r="AB12">
+        <v>2</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AB6"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AB12"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="3" baseType="lpstr">
+    <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>Pool A(MA1,MPO) - Round 1</vt:lpstr>
+      <vt:lpstr>Pool B(FA2) - Round 1</vt:lpstr>
       <vt:lpstr>Pool B(MA2) - Round 1</vt:lpstr>
       <vt:lpstr>Pool C(MA3,MJ15) - Round 1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance"/>
 </file>