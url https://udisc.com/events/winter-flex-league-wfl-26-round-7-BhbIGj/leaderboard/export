--- v1 (2026-02-25)
+++ v2 (2026-03-18)
@@ -5739,50 +5739,53 @@
         <v>hole_17</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>MA3</v>
       </c>
       <c r="B2" t="str">
         <v>T1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v xml:space="preserve">Aidan Eccleston </v>
       </c>
       <c r="E2">
         <v>-1</v>
       </c>
       <c r="F2">
         <v>54</v>
       </c>
+      <c r="G2">
+        <v>322858</v>
+      </c>
       <c r="H2" t="str">
         <v>aldzgod</v>
       </c>
       <c r="I2">
         <v>-1</v>
       </c>
       <c r="J2">
         <v>54</v>
       </c>
       <c r="K2">
         <v>3</v>
       </c>
       <c r="L2">
         <v>5</v>
       </c>
       <c r="M2">
         <v>3</v>
       </c>
       <c r="N2">
         <v>2</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
       <c r="P2">