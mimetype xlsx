--- v0 (2026-02-07)
+++ v1 (2026-02-28)
@@ -733,50 +733,53 @@
         <v>4</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>🔴</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Emma Graarup</v>
       </c>
       <c r="E4">
         <v>13</v>
       </c>
       <c r="F4">
         <v>73</v>
       </c>
       <c r="G4">
         <v>1</v>
       </c>
+      <c r="H4">
+        <v>317075</v>
+      </c>
       <c r="I4" t="str">
         <v>emkyl2808</v>
       </c>
       <c r="J4">
         <v>13</v>
       </c>
       <c r="K4">
         <v>73</v>
       </c>
       <c r="L4">
         <v>7</v>
       </c>
       <c r="M4">
         <v>2</v>
       </c>
       <c r="N4">
         <v>5</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
         <v>4</v>
       </c>
       <c r="Q4">
@@ -815,50 +818,53 @@
       <c r="AB4">
         <v>4</v>
       </c>
       <c r="AC4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>🔴</v>
       </c>
       <c r="B5" t="str">
         <v>DUP</v>
       </c>
       <c r="D5" t="str">
         <v>Emma Graarup</v>
       </c>
       <c r="E5">
         <v>14</v>
       </c>
       <c r="F5">
         <v>74</v>
       </c>
       <c r="G5">
         <v>2</v>
+      </c>
+      <c r="H5">
+        <v>317075</v>
       </c>
       <c r="I5" t="str">
         <v>emkyl2808</v>
       </c>
       <c r="J5">
         <v>14</v>
       </c>
       <c r="K5">
         <v>74</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
         <v>4</v>
       </c>
       <c r="O5">
         <v>5</v>
       </c>
       <c r="P5">
         <v>5</v>
       </c>