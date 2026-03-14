--- v0 (2026-02-14)
+++ v1 (2026-03-14)
@@ -542,353 +542,380 @@
       </c>
       <c r="Y1" t="str">
         <v>hole_15</v>
       </c>
       <c r="Z1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AA1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
-        <v>Calvin Roorda &amp; Ezra Houser</v>
+        <v>Kelly Muller &amp; Cam Collyer</v>
       </c>
       <c r="E2">
-        <v>-7</v>
+        <v>-8</v>
       </c>
       <c r="F2">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="H2" t="str">
-        <v>ezrahouser,calvinr</v>
+        <v>kellym,camcollyer</v>
       </c>
       <c r="I2">
-        <v>-7</v>
+        <v>-8</v>
       </c>
       <c r="J2">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="K2">
         <v>3</v>
       </c>
       <c r="L2">
         <v>3</v>
       </c>
       <c r="M2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O2">
         <v>2</v>
       </c>
       <c r="P2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q2">
         <v>2</v>
       </c>
       <c r="R2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V2">
         <v>3</v>
       </c>
       <c r="W2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X2">
         <v>3</v>
       </c>
       <c r="Y2">
         <v>2</v>
       </c>
       <c r="Z2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA2">
         <v>2</v>
       </c>
       <c r="AB2">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
-        <v>Kelly Muller &amp; Cam Collyer</v>
+        <v>Calvin Roorda &amp; Ezra Houser</v>
       </c>
       <c r="E3">
-        <v>-6</v>
+        <v>-7</v>
       </c>
       <c r="F3">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="H3" t="str">
-        <v>kellym,camcollyer</v>
+        <v>ezrahouser,calvinr</v>
       </c>
       <c r="I3">
-        <v>-6</v>
+        <v>-7</v>
       </c>
       <c r="J3">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="K3">
         <v>3</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
       <c r="M3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O3">
         <v>2</v>
       </c>
       <c r="P3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q3">
         <v>2</v>
       </c>
       <c r="R3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V3">
         <v>3</v>
       </c>
       <c r="W3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X3">
         <v>3</v>
       </c>
       <c r="Y3">
+        <v>2</v>
+      </c>
+      <c r="Z3">
+        <v>4</v>
+      </c>
+      <c r="AA3">
+        <v>2</v>
+      </c>
+      <c r="AB3">
         <v>2</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>T3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Ian Brooks &amp; Washy</v>
       </c>
       <c r="E4">
-        <v>-3</v>
+        <v>-4</v>
       </c>
       <c r="F4">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="H4" t="str">
         <v>washy7,ianbrooks23</v>
       </c>
       <c r="I4">
-        <v>-3</v>
+        <v>-4</v>
       </c>
       <c r="J4">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="K4">
         <v>3</v>
       </c>
       <c r="L4">
         <v>3</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
         <v>2</v>
       </c>
       <c r="O4">
         <v>2</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
       <c r="Q4">
         <v>3</v>
       </c>
       <c r="R4">
         <v>3</v>
       </c>
       <c r="S4">
         <v>3</v>
       </c>
       <c r="T4">
         <v>2</v>
       </c>
       <c r="U4">
         <v>3</v>
       </c>
       <c r="V4">
         <v>3</v>
       </c>
       <c r="W4">
         <v>3</v>
       </c>
       <c r="X4">
         <v>3</v>
       </c>
       <c r="Y4">
+        <v>3</v>
+      </c>
+      <c r="Z4">
+        <v>3</v>
+      </c>
+      <c r="AA4">
+        <v>2</v>
+      </c>
+      <c r="AB4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>T3</v>
       </c>
       <c r="C5">
         <v>3</v>
       </c>
       <c r="D5" t="str">
         <v>Ryan Mcwaters</v>
       </c>
       <c r="E5">
-        <v>-3</v>
+        <v>-4</v>
       </c>
       <c r="F5">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="H5" t="str">
         <v>ryanmcwaters</v>
       </c>
       <c r="I5">
-        <v>-3</v>
+        <v>-4</v>
       </c>
       <c r="J5">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="K5">
         <v>3</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
         <v>2</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
       <c r="Q5">
         <v>3</v>
       </c>
       <c r="R5">
         <v>3</v>
       </c>
       <c r="S5">
         <v>2</v>
       </c>
       <c r="T5">
         <v>2</v>
       </c>
       <c r="U5">
         <v>3</v>
       </c>
       <c r="V5">
         <v>3</v>
       </c>
       <c r="W5">
         <v>3</v>
       </c>
       <c r="X5">
         <v>3</v>
       </c>
       <c r="Y5">
+        <v>3</v>
+      </c>
+      <c r="Z5">
+        <v>3</v>
+      </c>
+      <c r="AA5">
+        <v>2</v>
+      </c>
+      <c r="AB5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
-        <v>T3</v>
+        <v>5</v>
       </c>
       <c r="C6">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D6" t="str">
         <v>Simon Newman &amp; Jess Sparrow</v>
       </c>
       <c r="E6">
         <v>-3</v>
       </c>
       <c r="F6">
         <v>51</v>
       </c>
       <c r="H6" t="str">
         <v>chartrandj,snewman69</v>
       </c>
       <c r="I6">
         <v>-3</v>
       </c>
       <c r="J6">
         <v>51</v>
       </c>
       <c r="K6">
         <v>3</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>