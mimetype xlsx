--- v0 (2025-10-30)
+++ v1 (2025-11-27)
@@ -2296,298 +2296,301 @@
       </c>
       <c r="Z21">
         <v>4</v>
       </c>
       <c r="AA21">
         <v>3</v>
       </c>
       <c r="AB21">
         <v>3</v>
       </c>
       <c r="AC21">
         <v>3</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>G1</v>
       </c>
       <c r="B22" t="str">
         <v>T21</v>
       </c>
       <c r="C22">
         <v>21</v>
       </c>
       <c r="D22" t="str">
-        <v xml:space="preserve">Emanuel Kryjom </v>
+        <v>Kamil Biłan</v>
       </c>
       <c r="E22">
         <v>9</v>
       </c>
       <c r="F22">
         <v>67</v>
       </c>
       <c r="G22">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H22">
-        <v>302472</v>
+        <v>292824</v>
       </c>
       <c r="I22" t="str">
-        <v>emson76</v>
+        <v>cranfli</v>
       </c>
       <c r="J22">
         <v>9</v>
       </c>
       <c r="K22">
         <v>67</v>
       </c>
       <c r="L22">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="M22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N22">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="O22">
         <v>4</v>
       </c>
       <c r="P22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R22">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S22">
         <v>3</v>
       </c>
       <c r="T22">
         <v>4</v>
       </c>
       <c r="U22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W22">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="X22">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="Y22">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="Z22">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AA22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB22">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="AC22">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>G1</v>
       </c>
       <c r="B23" t="str">
         <v>T21</v>
       </c>
       <c r="C23">
         <v>21</v>
       </c>
       <c r="D23" t="str">
-        <v>Andrzej Zaród</v>
+        <v xml:space="preserve">Emanuel Kryjom </v>
       </c>
       <c r="E23">
         <v>9</v>
       </c>
       <c r="F23">
         <v>67</v>
       </c>
       <c r="G23">
         <v>1</v>
       </c>
+      <c r="H23">
+        <v>302472</v>
+      </c>
       <c r="I23" t="str">
-        <v>azarod</v>
+        <v>emson76</v>
       </c>
       <c r="J23">
         <v>9</v>
       </c>
       <c r="K23">
         <v>67</v>
       </c>
       <c r="L23">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="M23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N23">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="O23">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="P23">
         <v>3</v>
       </c>
       <c r="Q23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S23">
         <v>3</v>
       </c>
       <c r="T23">
         <v>4</v>
       </c>
       <c r="U23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W23">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="X23">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="Y23">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Z23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC23">
         <v>2</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>G1</v>
       </c>
       <c r="B24" t="str">
         <v>T21</v>
       </c>
       <c r="C24">
         <v>21</v>
       </c>
       <c r="D24" t="str">
-        <v>Kamil Biłan</v>
+        <v>Andrzej Zaród</v>
       </c>
       <c r="E24">
         <v>9</v>
       </c>
       <c r="F24">
         <v>67</v>
       </c>
       <c r="G24">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I24" t="str">
-        <v>cranfli</v>
+        <v>azarod</v>
       </c>
       <c r="J24">
         <v>9</v>
       </c>
       <c r="K24">
         <v>67</v>
       </c>
       <c r="L24">
         <v>5</v>
       </c>
       <c r="M24">
         <v>4</v>
       </c>
       <c r="N24">
         <v>5</v>
       </c>
       <c r="O24">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="P24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q24">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="R24">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S24">
         <v>3</v>
       </c>
       <c r="T24">
         <v>4</v>
       </c>
       <c r="U24">
         <v>4</v>
       </c>
       <c r="V24">
         <v>3</v>
       </c>
       <c r="W24">
         <v>2</v>
       </c>
       <c r="X24">
         <v>5</v>
       </c>
       <c r="Y24">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Z24">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AA24">
         <v>3</v>
       </c>
       <c r="AB24">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="AC24">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>G1</v>
       </c>
       <c r="B25" t="str">
         <v>T21</v>
       </c>
       <c r="C25">
         <v>21</v>
       </c>
       <c r="D25" t="str">
         <v>Rosiu</v>
       </c>
       <c r="E25">
         <v>9</v>
       </c>
       <c r="F25">
         <v>67</v>
       </c>
       <c r="G25">
         <v>1</v>
       </c>
       <c r="I25" t="str">
@@ -4173,633 +4176,636 @@
       </c>
       <c r="Y43">
         <v>4</v>
       </c>
       <c r="Z43">
         <v>3</v>
       </c>
       <c r="AA43">
         <v>3</v>
       </c>
       <c r="AB43">
         <v>3</v>
       </c>
       <c r="AC43">
         <v>3</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
         <v>G1</v>
       </c>
       <c r="B44" t="str">
         <v>DUP</v>
       </c>
       <c r="D44" t="str">
-        <v>Damian Popiołek</v>
+        <v>Kamil Biłan</v>
       </c>
       <c r="E44">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="F44">
-        <v>67</v>
+        <v>76</v>
       </c>
       <c r="G44">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="H44">
-        <v>299028</v>
+        <v>292824</v>
       </c>
       <c r="I44" t="str">
-        <v>poposnc</v>
+        <v>cranfli</v>
       </c>
       <c r="J44">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="K44">
-        <v>67</v>
+        <v>76</v>
       </c>
       <c r="L44">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="M44">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N44">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="O44">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="P44">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="Q44">
         <v>3</v>
       </c>
       <c r="R44">
         <v>3</v>
       </c>
       <c r="S44">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="T44">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U44">
         <v>5</v>
       </c>
       <c r="V44">
         <v>3</v>
       </c>
       <c r="W44">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X44">
         <v>5</v>
       </c>
       <c r="Y44">
         <v>4</v>
       </c>
       <c r="Z44">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AA44">
         <v>3</v>
       </c>
       <c r="AB44">
         <v>4</v>
       </c>
       <c r="AC44">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
         <v>G1</v>
       </c>
       <c r="B45" t="str">
         <v>DUP</v>
       </c>
       <c r="D45" t="str">
         <v>Damian Popiołek</v>
       </c>
       <c r="E45">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="F45">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="G45">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H45">
         <v>299028</v>
       </c>
       <c r="I45" t="str">
         <v>poposnc</v>
       </c>
       <c r="J45">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="K45">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="L45">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="M45">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="N45">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="O45">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="P45">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Q45">
         <v>3</v>
       </c>
       <c r="R45">
         <v>3</v>
       </c>
       <c r="S45">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T45">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U45">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="V45">
         <v>3</v>
       </c>
       <c r="W45">
         <v>2</v>
       </c>
       <c r="X45">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Y45">
         <v>4</v>
       </c>
       <c r="Z45">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA45">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB45">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC45">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="str">
         <v>G1</v>
       </c>
       <c r="B46" t="str">
         <v>DUP</v>
       </c>
       <c r="D46" t="str">
-        <v>Parisobandito</v>
+        <v>Damian Popiołek</v>
       </c>
       <c r="E46">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="F46">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="G46">
         <v>2</v>
       </c>
       <c r="H46">
-        <v>299260</v>
+        <v>299028</v>
       </c>
       <c r="I46" t="str">
-        <v>parisobandito</v>
+        <v>poposnc</v>
       </c>
       <c r="J46">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="K46">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="L46">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M46">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="N46">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="O46">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="P46">
         <v>3</v>
       </c>
       <c r="Q46">
         <v>3</v>
       </c>
       <c r="R46">
         <v>3</v>
       </c>
       <c r="S46">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T46">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="U46">
         <v>3</v>
       </c>
       <c r="V46">
         <v>3</v>
       </c>
       <c r="W46">
         <v>2</v>
       </c>
       <c r="X46">
         <v>3</v>
       </c>
       <c r="Y46">
         <v>4</v>
       </c>
       <c r="Z46">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA46">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB46">
         <v>3</v>
       </c>
       <c r="AC46">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="str">
         <v>G1</v>
       </c>
       <c r="B47" t="str">
         <v>DUP</v>
       </c>
       <c r="D47" t="str">
         <v>Parisobandito</v>
       </c>
       <c r="E47">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="F47">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="G47">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H47">
         <v>299260</v>
       </c>
       <c r="I47" t="str">
         <v>parisobandito</v>
       </c>
       <c r="J47">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="K47">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="L47">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M47">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="N47">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="O47">
         <v>6</v>
       </c>
       <c r="P47">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Q47">
         <v>3</v>
       </c>
       <c r="R47">
         <v>3</v>
       </c>
       <c r="S47">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T47">
         <v>3</v>
       </c>
       <c r="U47">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="V47">
         <v>3</v>
       </c>
       <c r="W47">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="X47">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y47">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Z47">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AA47">
         <v>3</v>
       </c>
       <c r="AB47">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC47">
         <v>3</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="str">
         <v>G1</v>
       </c>
       <c r="B48" t="str">
         <v>DUP</v>
       </c>
       <c r="D48" t="str">
-        <v>Emilia</v>
+        <v>Parisobandito</v>
       </c>
       <c r="E48">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="F48">
-        <v>106</v>
+        <v>70</v>
       </c>
       <c r="G48">
         <v>1</v>
       </c>
+      <c r="H48">
+        <v>299260</v>
+      </c>
       <c r="I48" t="str">
-        <v>emilia000</v>
+        <v>parisobandito</v>
       </c>
       <c r="J48">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="K48">
-        <v>106</v>
+        <v>70</v>
       </c>
       <c r="L48">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="M48">
         <v>4</v>
       </c>
       <c r="N48">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="O48">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="P48">
         <v>5</v>
       </c>
       <c r="Q48">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="R48">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="S48">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="T48">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="U48">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="V48">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="W48">
         <v>4</v>
       </c>
       <c r="X48">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="Y48">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="Z48">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="AA48">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="AB48">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="AC48">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="str">
         <v>G1</v>
       </c>
       <c r="B49" t="str">
         <v>DUP</v>
       </c>
       <c r="D49" t="str">
-        <v>Grześ</v>
+        <v>Emilia</v>
       </c>
       <c r="E49">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="F49">
-        <v>70</v>
+        <v>106</v>
       </c>
       <c r="G49">
         <v>1</v>
       </c>
       <c r="I49" t="str">
-        <v>grzegorz311</v>
+        <v>emilia000</v>
       </c>
       <c r="J49">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="K49">
-        <v>70</v>
+        <v>106</v>
       </c>
       <c r="L49">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="M49">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N49">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="O49">
+        <v>8</v>
+      </c>
+      <c r="P49">
+        <v>5</v>
+      </c>
+      <c r="Q49">
+        <v>5</v>
+      </c>
+      <c r="R49">
+        <v>5</v>
+      </c>
+      <c r="S49">
+        <v>6</v>
+      </c>
+      <c r="T49">
+        <v>6</v>
+      </c>
+      <c r="U49">
         <v>7</v>
       </c>
-      <c r="P49">
-[...16 lines deleted...]
-      </c>
       <c r="V49">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="W49">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X49">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="Y49">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="Z49">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="AA49">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="AB49">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="AC49">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="str">
         <v>G1</v>
       </c>
       <c r="B50" t="str">
         <v>DUP</v>
       </c>
       <c r="D50" t="str">
-        <v>Kamil Biłan</v>
+        <v>Grześ</v>
       </c>
       <c r="E50">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="F50">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="G50">
         <v>1</v>
       </c>
       <c r="I50" t="str">
-        <v>cranfli</v>
+        <v>grzegorz311</v>
       </c>
       <c r="J50">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="K50">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="L50">
         <v>4</v>
       </c>
       <c r="M50">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N50">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="O50">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="P50">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="Q50">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="R50">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="S50">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="T50">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U50">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="V50">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W50">
         <v>3</v>
       </c>
       <c r="X50">
         <v>5</v>
       </c>
       <c r="Y50">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Z50">
         <v>5</v>
       </c>
       <c r="AA50">
         <v>3</v>
       </c>
       <c r="AB50">
         <v>4</v>
       </c>
       <c r="AC50">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="str">
         <v>G1</v>
       </c>
       <c r="B51" t="str">
         <v>DUP</v>
       </c>
       <c r="D51" t="str">
         <v>Kapi</v>
       </c>
       <c r="E51">
         <v>17</v>
       </c>
       <c r="F51">
         <v>75</v>
       </c>
       <c r="G51">
         <v>2</v>
       </c>
       <c r="I51" t="str">
         <v>kapipolice</v>
       </c>
       <c r="J51">