--- v0 (2025-11-01)
+++ v1 (2025-11-27)
@@ -2387,50 +2387,53 @@
         <v>3</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>G1</v>
       </c>
       <c r="B23" t="str">
         <v>22</v>
       </c>
       <c r="C23">
         <v>22</v>
       </c>
       <c r="D23" t="str">
         <v>Kamil Biłan</v>
       </c>
       <c r="E23">
         <v>13</v>
       </c>
       <c r="F23">
         <v>71</v>
       </c>
       <c r="G23">
         <v>2</v>
       </c>
+      <c r="H23">
+        <v>292824</v>
+      </c>
       <c r="I23" t="str">
         <v>cranfli</v>
       </c>
       <c r="J23">
         <v>13</v>
       </c>
       <c r="K23">
         <v>71</v>
       </c>
       <c r="L23">
         <v>4</v>
       </c>
       <c r="M23">
         <v>3</v>
       </c>
       <c r="N23">
         <v>5</v>
       </c>
       <c r="O23">
         <v>6</v>
       </c>
       <c r="P23">
         <v>5</v>
       </c>
       <c r="Q23">
@@ -3230,621 +3233,624 @@
       </c>
       <c r="Y32">
         <v>4</v>
       </c>
       <c r="Z32">
         <v>5</v>
       </c>
       <c r="AA32">
         <v>3</v>
       </c>
       <c r="AB32">
         <v>3</v>
       </c>
       <c r="AC32">
         <v>3</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>G1</v>
       </c>
       <c r="B33" t="str">
         <v>DUP</v>
       </c>
       <c r="D33" t="str">
-        <v>Baziu</v>
+        <v>Kamil Biłan</v>
       </c>
       <c r="E33">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="F33">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="G33">
-        <v>2</v>
+        <v>1</v>
+      </c>
+      <c r="H33">
+        <v>292824</v>
       </c>
       <c r="I33" t="str">
-        <v>przepiorka</v>
+        <v>cranfli</v>
       </c>
       <c r="J33">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="K33">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="L33">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M33">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N33">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="O33">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="P33">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Q33">
         <v>4</v>
       </c>
       <c r="R33">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S33">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T33">
         <v>4</v>
       </c>
       <c r="U33">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="V33">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W33">
         <v>3</v>
       </c>
       <c r="X33">
         <v>4</v>
       </c>
       <c r="Y33">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z33">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AA33">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB33">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AC33">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>G1</v>
       </c>
       <c r="B34" t="str">
         <v>DUP</v>
       </c>
       <c r="D34" t="str">
-        <v>Emilia</v>
+        <v>Baziu</v>
       </c>
       <c r="E34">
-        <v>45</v>
+        <v>8</v>
       </c>
       <c r="F34">
-        <v>103</v>
+        <v>66</v>
       </c>
       <c r="G34">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I34" t="str">
-        <v>emilia000</v>
+        <v>przepiorka</v>
       </c>
       <c r="J34">
-        <v>45</v>
+        <v>8</v>
       </c>
       <c r="K34">
-        <v>103</v>
+        <v>66</v>
       </c>
       <c r="L34">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="M34">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="N34">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="O34">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="P34">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="Q34">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="R34">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="S34">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="T34">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="U34">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="V34">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="W34">
         <v>3</v>
       </c>
       <c r="X34">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="Y34">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="Z34">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="AA34">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AB34">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AC34">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>G1</v>
       </c>
       <c r="B35" t="str">
         <v>DUP</v>
       </c>
       <c r="D35" t="str">
         <v>Emilia</v>
       </c>
       <c r="E35">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="F35">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="G35">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I35" t="str">
         <v>emilia000</v>
       </c>
       <c r="J35">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="K35">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="L35">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="M35">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="N35">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="O35">
         <v>7</v>
       </c>
       <c r="P35">
         <v>6</v>
       </c>
       <c r="Q35">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="R35">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="S35">
         <v>5</v>
       </c>
       <c r="T35">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="U35">
         <v>5</v>
       </c>
       <c r="V35">
         <v>6</v>
       </c>
       <c r="W35">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="X35">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="Y35">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="Z35">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="AA35">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AB35">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AC35">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>G1</v>
       </c>
       <c r="B36" t="str">
         <v>DUP</v>
       </c>
       <c r="D36" t="str">
-        <v>Grześ</v>
+        <v>Emilia</v>
       </c>
       <c r="E36">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="F36">
-        <v>68</v>
+        <v>99</v>
       </c>
       <c r="G36">
         <v>2</v>
       </c>
       <c r="I36" t="str">
-        <v>grzegorz311</v>
+        <v>emilia000</v>
       </c>
       <c r="J36">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="K36">
-        <v>68</v>
+        <v>99</v>
       </c>
       <c r="L36">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="M36">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N36">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="O36">
         <v>7</v>
       </c>
       <c r="P36">
+        <v>6</v>
+      </c>
+      <c r="Q36">
+        <v>5</v>
+      </c>
+      <c r="R36">
+        <v>6</v>
+      </c>
+      <c r="S36">
+        <v>5</v>
+      </c>
+      <c r="T36">
         <v>7</v>
       </c>
-      <c r="Q36">
-[...10 lines deleted...]
-      </c>
       <c r="U36">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="V36">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="W36">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="X36">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="Y36">
         <v>6</v>
       </c>
       <c r="Z36">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="AA36">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AB36">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC36">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>G1</v>
       </c>
       <c r="B37" t="str">
         <v>DUP</v>
       </c>
       <c r="D37" t="str">
         <v>Grześ</v>
       </c>
       <c r="E37">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F37">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G37">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I37" t="str">
         <v>grzegorz311</v>
       </c>
       <c r="J37">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="K37">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="L37">
         <v>4</v>
       </c>
       <c r="M37">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="N37">
         <v>5</v>
       </c>
       <c r="O37">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="P37">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="Q37">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R37">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S37">
         <v>2</v>
       </c>
       <c r="T37">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U37">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="V37">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="W37">
         <v>3</v>
       </c>
       <c r="X37">
         <v>4</v>
       </c>
       <c r="Y37">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="Z37">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AA37">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB37">
         <v>3</v>
       </c>
       <c r="AC37">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>G1</v>
       </c>
       <c r="B38" t="str">
         <v>DUP</v>
       </c>
       <c r="D38" t="str">
-        <v>Jakub Wałęcki</v>
+        <v>Grześ</v>
       </c>
       <c r="E38">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F38">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="G38">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I38" t="str">
-        <v>swierosnc</v>
+        <v>grzegorz311</v>
       </c>
       <c r="J38">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="K38">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="L38">
         <v>4</v>
       </c>
       <c r="M38">
         <v>4</v>
       </c>
       <c r="N38">
         <v>5</v>
       </c>
       <c r="O38">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="P38">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q38">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R38">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S38">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="T38">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="U38">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V38">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="W38">
         <v>3</v>
       </c>
       <c r="X38">
         <v>4</v>
       </c>
       <c r="Y38">
         <v>3</v>
       </c>
       <c r="Z38">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="AA38">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB38">
         <v>3</v>
       </c>
       <c r="AC38">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v>G1</v>
       </c>
       <c r="B39" t="str">
         <v>DUP</v>
       </c>
       <c r="D39" t="str">
-        <v>Kamil Biłan</v>
+        <v>Jakub Wałęcki</v>
       </c>
       <c r="E39">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="F39">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="G39">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I39" t="str">
-        <v>cranfli</v>
+        <v>swierosnc</v>
       </c>
       <c r="J39">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="K39">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="L39">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="M39">
         <v>4</v>
       </c>
       <c r="N39">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="O39">
         <v>7</v>
       </c>
       <c r="P39">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q39">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R39">
         <v>3</v>
       </c>
       <c r="S39">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="T39">
         <v>4</v>
       </c>
       <c r="U39">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="V39">
         <v>4</v>
       </c>
       <c r="W39">
         <v>3</v>
       </c>
       <c r="X39">
         <v>4</v>
       </c>
       <c r="Y39">
         <v>3</v>
       </c>
       <c r="Z39">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="AA39">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB39">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AC39">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>G1</v>
       </c>
       <c r="B40" t="str">
         <v>DUP</v>
       </c>
       <c r="D40" t="str">
         <v>MK</v>
       </c>
       <c r="E40">
         <v>17</v>
       </c>
       <c r="F40">
         <v>75</v>
       </c>
       <c r="G40">
         <v>3</v>
       </c>
       <c r="I40" t="str">
         <v>kandjavarvas</v>
       </c>
       <c r="J40">