--- v0 (2025-10-12)
+++ v1 (2026-03-28)
@@ -1149,50 +1149,53 @@
         <v>3</v>
       </c>
       <c r="AB8">
         <v>2</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
         <v>8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
         <v>Chet Christner</v>
       </c>
       <c r="E9">
         <v>-3</v>
       </c>
       <c r="F9">
         <v>51</v>
       </c>
+      <c r="G9">
+        <v>316462</v>
+      </c>
       <c r="H9" t="str">
         <v>cchristner</v>
       </c>
       <c r="I9">
         <v>-3</v>
       </c>
       <c r="J9">
         <v>51</v>
       </c>
       <c r="K9">
         <v>3</v>
       </c>
       <c r="L9">
         <v>2</v>
       </c>
       <c r="M9">
         <v>3</v>
       </c>
       <c r="N9">
         <v>4</v>
       </c>
       <c r="O9">
         <v>3</v>
       </c>
       <c r="P9">