--- v0 (2025-11-08)
+++ v1 (2025-12-12)
@@ -805,50 +805,53 @@
         <v>5</v>
       </c>
       <c r="AB4">
         <v>4</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>RED</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Tonya Kragelj</v>
       </c>
       <c r="E5">
         <v>15</v>
       </c>
       <c r="F5">
         <v>79</v>
       </c>
+      <c r="G5">
+        <v>278490</v>
+      </c>
       <c r="H5" t="str">
         <v>tkragelj</v>
       </c>
       <c r="I5">
         <v>15</v>
       </c>
       <c r="J5">
         <v>79</v>
       </c>
       <c r="K5">
         <v>5</v>
       </c>
       <c r="L5">
         <v>5</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
         <v>4</v>
       </c>
       <c r="O5">
         <v>6</v>
       </c>
       <c r="P5">