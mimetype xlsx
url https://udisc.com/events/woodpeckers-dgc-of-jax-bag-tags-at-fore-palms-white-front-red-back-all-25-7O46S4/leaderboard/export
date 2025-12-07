--- v0 (2025-10-20)
+++ v1 (2025-12-07)
@@ -1853,50 +1853,53 @@
         <v>2</v>
       </c>
       <c r="AI13">
         <v>4</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>MA3</v>
       </c>
       <c r="B14" t="str">
         <v>T1</v>
       </c>
       <c r="C14">
         <v>1</v>
       </c>
       <c r="D14" t="str">
         <v>Bill Fennel</v>
       </c>
       <c r="E14">
         <v>3</v>
       </c>
       <c r="F14">
         <v>82</v>
       </c>
+      <c r="G14">
+        <v>304301</v>
+      </c>
       <c r="H14" t="str">
         <v>bill32</v>
       </c>
       <c r="I14">
         <v>3</v>
       </c>
       <c r="J14">
         <v>82</v>
       </c>
       <c r="K14">
         <v>4</v>
       </c>
       <c r="L14">
         <v>4</v>
       </c>
       <c r="M14">
         <v>5</v>
       </c>
       <c r="N14">
         <v>3</v>
       </c>
       <c r="O14">
         <v>4</v>
       </c>
       <c r="P14">