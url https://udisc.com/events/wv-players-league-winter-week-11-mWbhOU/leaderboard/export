--- v0 (2025-12-31)
+++ v1 (2026-01-21)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AB31"/>
+  <dimension ref="A1:AB30"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="11.83203125" customWidth="1"/>
     <col min="8" max="8" width="8.83203125" customWidth="1"/>
     <col min="9" max="9" width="20.83203125" customWidth="1"/>
     <col min="10" max="10" width="17.83203125" customWidth="1"/>
     <col min="11" max="11" width="6.83203125" customWidth="1"/>
     <col min="12" max="12" width="6.83203125" customWidth="1"/>
     <col min="13" max="13" width="6.83203125" customWidth="1"/>
     <col min="14" max="14" width="6.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="7.83203125" customWidth="1"/>
     <col min="21" max="21" width="7.83203125" customWidth="1"/>
@@ -2650,415 +2650,392 @@
       </c>
       <c r="V26">
         <v>4</v>
       </c>
       <c r="W26">
         <v>3</v>
       </c>
       <c r="X26">
         <v>3</v>
       </c>
       <c r="Y26">
         <v>4</v>
       </c>
       <c r="Z26">
         <v>3</v>
       </c>
       <c r="AA26">
         <v>5</v>
       </c>
       <c r="AB26">
         <v>5</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
-        <v>B POOL</v>
+        <v>C POOL</v>
+      </c>
+      <c r="B27" t="str">
+        <v>1</v>
+      </c>
+      <c r="C27">
+        <v>1</v>
       </c>
       <c r="D27" t="str">
-        <v>Jack Harvey</v>
+        <v>Austin Bragdon</v>
       </c>
       <c r="E27">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="F27">
-        <v>0</v>
+        <v>63</v>
       </c>
       <c r="H27" t="str">
-        <v>jaharv</v>
+        <v>blobbernosh</v>
       </c>
       <c r="I27">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="J27">
-        <v>0</v>
+        <v>63</v>
+      </c>
+      <c r="K27">
+        <v>3</v>
+      </c>
+      <c r="L27">
+        <v>4</v>
+      </c>
+      <c r="M27">
+        <v>3</v>
+      </c>
+      <c r="N27">
+        <v>5</v>
+      </c>
+      <c r="O27">
+        <v>3</v>
+      </c>
+      <c r="P27">
+        <v>3</v>
+      </c>
+      <c r="Q27">
+        <v>3</v>
+      </c>
+      <c r="R27">
+        <v>3</v>
+      </c>
+      <c r="S27">
+        <v>3</v>
+      </c>
+      <c r="T27">
+        <v>3</v>
+      </c>
+      <c r="U27">
+        <v>4</v>
+      </c>
+      <c r="V27">
+        <v>5</v>
+      </c>
+      <c r="W27">
+        <v>2</v>
+      </c>
+      <c r="X27">
+        <v>3</v>
+      </c>
+      <c r="Y27">
+        <v>4</v>
+      </c>
+      <c r="Z27">
+        <v>3</v>
+      </c>
+      <c r="AA27">
+        <v>5</v>
+      </c>
+      <c r="AB27">
+        <v>4</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
-        <v>C POOL</v>
+        <v>LADIES</v>
       </c>
       <c r="B28" t="str">
         <v>1</v>
       </c>
       <c r="C28">
         <v>1</v>
       </c>
       <c r="D28" t="str">
-        <v>Austin Bragdon</v>
+        <v>Leeann O'Neill</v>
       </c>
       <c r="E28">
+        <v>2</v>
+      </c>
+      <c r="F28">
+        <v>60</v>
+      </c>
+      <c r="G28">
+        <v>204672</v>
+      </c>
+      <c r="H28" t="str">
+        <v>leeannoneill10</v>
+      </c>
+      <c r="I28">
+        <v>2</v>
+      </c>
+      <c r="J28">
+        <v>60</v>
+      </c>
+      <c r="K28">
+        <v>3</v>
+      </c>
+      <c r="L28">
+        <v>3</v>
+      </c>
+      <c r="M28">
+        <v>3</v>
+      </c>
+      <c r="N28">
+        <v>4</v>
+      </c>
+      <c r="O28">
+        <v>3</v>
+      </c>
+      <c r="P28">
+        <v>3</v>
+      </c>
+      <c r="Q28">
+        <v>3</v>
+      </c>
+      <c r="R28">
+        <v>3</v>
+      </c>
+      <c r="S28">
+        <v>3</v>
+      </c>
+      <c r="T28">
+        <v>3</v>
+      </c>
+      <c r="U28">
+        <v>3</v>
+      </c>
+      <c r="V28">
+        <v>4</v>
+      </c>
+      <c r="W28">
+        <v>2</v>
+      </c>
+      <c r="X28">
+        <v>4</v>
+      </c>
+      <c r="Y28">
         <v>5</v>
       </c>
-      <c r="F28">
-[...55 lines deleted...]
-      </c>
       <c r="Z28">
         <v>3</v>
       </c>
       <c r="AA28">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AB28">
         <v>4</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>LADIES</v>
       </c>
       <c r="B29" t="str">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C29">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D29" t="str">
-        <v>Leeann O'Neill</v>
+        <v>Megan Dugas</v>
       </c>
       <c r="E29">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="F29">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="G29">
-        <v>204672</v>
+        <v>165598</v>
       </c>
       <c r="H29" t="str">
-        <v>leeannoneill10</v>
+        <v>megahyzer</v>
       </c>
       <c r="I29">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="J29">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="K29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L29">
         <v>3</v>
       </c>
       <c r="M29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N29">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="O29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q29">
         <v>3</v>
       </c>
       <c r="R29">
         <v>3</v>
       </c>
       <c r="S29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V29">
         <v>4</v>
       </c>
       <c r="W29">
         <v>2</v>
       </c>
       <c r="X29">
         <v>4</v>
       </c>
       <c r="Y29">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Z29">
         <v>3</v>
       </c>
       <c r="AA29">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB29">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>LADIES</v>
       </c>
       <c r="B30" t="str">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C30">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D30" t="str">
-        <v>Megan Dugas</v>
+        <v>Melody Martin</v>
       </c>
       <c r="E30">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F30">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="G30">
-        <v>165598</v>
+        <v>319345</v>
       </c>
       <c r="H30" t="str">
-        <v>megahyzer</v>
+        <v>falkyn</v>
       </c>
       <c r="I30">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="J30">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="K30">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L30">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M30">
         <v>4</v>
       </c>
       <c r="N30">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="O30">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="P30">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q30">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R30">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S30">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="T30">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U30">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V30">
         <v>4</v>
       </c>
       <c r="W30">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="X30">
         <v>4</v>
       </c>
       <c r="Y30">
         <v>4</v>
       </c>
       <c r="Z30">
         <v>3</v>
       </c>
       <c r="AA30">
         <v>3</v>
       </c>
       <c r="AB30">
-        <v>6</v>
-[...84 lines deleted...]
-      <c r="AB31">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AB31"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AB30"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 