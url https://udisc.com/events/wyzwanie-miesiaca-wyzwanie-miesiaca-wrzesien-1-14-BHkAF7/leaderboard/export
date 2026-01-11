--- v0 (2025-10-08)
+++ v1 (2026-01-11)
@@ -1622,50 +1622,53 @@
         <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
       <c r="B14" t="str">
         <v>T13</v>
       </c>
       <c r="C14">
         <v>13</v>
       </c>
       <c r="D14" t="str">
         <v xml:space="preserve">Maciej Dolatowski </v>
       </c>
       <c r="E14">
         <v>14</v>
       </c>
       <c r="F14">
         <v>72</v>
       </c>
       <c r="G14">
         <v>2</v>
       </c>
+      <c r="H14">
+        <v>317215</v>
+      </c>
       <c r="I14" t="str">
         <v>lenaltsorna</v>
       </c>
       <c r="J14">
         <v>14</v>
       </c>
       <c r="K14">
         <v>72</v>
       </c>
       <c r="L14">
         <v>5</v>
       </c>
       <c r="M14">
         <v>3</v>
       </c>
       <c r="N14">
         <v>4</v>
       </c>
       <c r="O14">
         <v>6</v>
       </c>
       <c r="P14">
         <v>3</v>
       </c>
       <c r="Q14">
@@ -3083,50 +3086,53 @@
       <c r="AB30">
         <v>4</v>
       </c>
       <c r="AC30">
         <v>3</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>GEN</v>
       </c>
       <c r="B31" t="str">
         <v>DUP</v>
       </c>
       <c r="D31" t="str">
         <v xml:space="preserve">Maciej Dolatowski </v>
       </c>
       <c r="E31">
         <v>23</v>
       </c>
       <c r="F31">
         <v>81</v>
       </c>
       <c r="G31">
         <v>1</v>
+      </c>
+      <c r="H31">
+        <v>317215</v>
       </c>
       <c r="I31" t="str">
         <v>lenaltsorna</v>
       </c>
       <c r="J31">
         <v>23</v>
       </c>
       <c r="K31">
         <v>81</v>
       </c>
       <c r="L31">
         <v>5</v>
       </c>
       <c r="M31">
         <v>4</v>
       </c>
       <c r="N31">
         <v>7</v>
       </c>
       <c r="O31">
         <v>5</v>
       </c>
       <c r="P31">
         <v>6</v>
       </c>