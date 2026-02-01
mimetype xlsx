--- v1 (2026-01-11)
+++ v2 (2026-02-01)
@@ -1711,50 +1711,53 @@
         <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
         <v>T13</v>
       </c>
       <c r="C15">
         <v>13</v>
       </c>
       <c r="D15" t="str">
         <v>bezet</v>
       </c>
       <c r="E15">
         <v>14</v>
       </c>
       <c r="F15">
         <v>72</v>
       </c>
       <c r="G15">
         <v>1</v>
       </c>
+      <c r="H15">
+        <v>317301</v>
+      </c>
       <c r="I15" t="str">
         <v>bezetinio</v>
       </c>
       <c r="J15">
         <v>14</v>
       </c>
       <c r="K15">
         <v>72</v>
       </c>
       <c r="L15">
         <v>5</v>
       </c>
       <c r="M15">
         <v>4</v>
       </c>
       <c r="N15">
         <v>4</v>
       </c>
       <c r="O15">
         <v>5</v>
       </c>
       <c r="P15">
         <v>4</v>
       </c>
       <c r="Q15">