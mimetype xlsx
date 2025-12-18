--- v0 (2025-10-20)
+++ v1 (2025-12-18)
@@ -810,295 +810,292 @@
       </c>
       <c r="Z4">
         <v>3</v>
       </c>
       <c r="AA4">
         <v>2</v>
       </c>
       <c r="AB4">
         <v>2</v>
       </c>
       <c r="AC4">
         <v>2</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
-        <v>Cameron Brooks</v>
+        <v>Zach Moore</v>
       </c>
       <c r="E5">
-        <v>-4</v>
+        <v>-2</v>
       </c>
       <c r="F5">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="G5">
         <v>1</v>
       </c>
       <c r="H5">
-        <v>192740</v>
+        <v>196767</v>
       </c>
       <c r="I5" t="str">
-        <v>brooksy44</v>
+        <v>wkyglzach</v>
       </c>
       <c r="J5">
-        <v>-4</v>
+        <v>-2</v>
       </c>
       <c r="K5">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="L5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
         <v>2</v>
       </c>
       <c r="P5">
         <v>2</v>
       </c>
       <c r="Q5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R5">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S5">
         <v>2</v>
       </c>
       <c r="T5">
-        <v>3</v>
+        <v>2</v>
+      </c>
+      <c r="U5">
+        <v>4</v>
       </c>
       <c r="V5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W5">
         <v>3</v>
       </c>
       <c r="X5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z5">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AA5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
-        <v>Zach Moore</v>
+        <v>Chad Brantley</v>
       </c>
       <c r="E6">
-        <v>-2</v>
+        <v>-1</v>
       </c>
       <c r="F6">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G6">
         <v>1</v>
       </c>
       <c r="H6">
-        <v>196767</v>
+        <v>145440</v>
       </c>
       <c r="I6" t="str">
-        <v>wkyglzach</v>
+        <v>chad145440</v>
       </c>
       <c r="J6">
-        <v>-2</v>
+        <v>-1</v>
       </c>
       <c r="K6">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="L6">
         <v>4</v>
       </c>
       <c r="M6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N6">
         <v>3</v>
       </c>
       <c r="O6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P6">
         <v>2</v>
       </c>
       <c r="Q6">
         <v>3</v>
       </c>
       <c r="R6">
         <v>2</v>
       </c>
       <c r="S6">
         <v>2</v>
       </c>
       <c r="T6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U6">
         <v>4</v>
       </c>
       <c r="V6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z6">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AA6">
         <v>3</v>
       </c>
       <c r="AB6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>DNF</v>
       </c>
       <c r="D7" t="str">
-        <v>Chad Brantley</v>
+        <v>Cameron Brooks</v>
       </c>
       <c r="E7">
-        <v>-1</v>
+        <v>-4</v>
       </c>
       <c r="F7">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="G7">
         <v>1</v>
       </c>
       <c r="H7">
-        <v>145440</v>
+        <v>192740</v>
       </c>
       <c r="I7" t="str">
-        <v>chad145440</v>
+        <v>brooksy44</v>
       </c>
       <c r="J7">
-        <v>-1</v>
+        <v>-4</v>
       </c>
       <c r="K7">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="L7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M7">
         <v>2</v>
       </c>
       <c r="N7">
         <v>3</v>
       </c>
       <c r="O7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P7">
         <v>2</v>
       </c>
       <c r="Q7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R7">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S7">
         <v>2</v>
       </c>
       <c r="T7">
         <v>3</v>
       </c>
-      <c r="U7">
-[...1 lines deleted...]
-      </c>
       <c r="V7">
         <v>3</v>
       </c>
       <c r="W7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X7">
         <v>3</v>
       </c>
       <c r="Y7">
         <v>3</v>
       </c>
       <c r="Z7">
         <v>4</v>
       </c>
       <c r="AA7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB7">
         <v>4</v>
       </c>
       <c r="AC7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
         <v>DUP</v>
       </c>
       <c r="D8" t="str">
         <v>Shawn Montgomery</v>
       </c>
       <c r="E8">
         <v>-1</v>
       </c>
       <c r="F8">
         <v>55</v>
       </c>
       <c r="G8">