--- v0 (2026-01-09)
+++ v1 (2026-03-01)
@@ -2477,51 +2477,51 @@
       </c>
       <c r="AC23">
         <v>3</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>MA4</v>
       </c>
       <c r="B24" t="str">
         <v>1</v>
       </c>
       <c r="C24">
         <v>1</v>
       </c>
       <c r="D24" t="str">
         <v>Juan s</v>
       </c>
       <c r="E24">
         <v>16</v>
       </c>
       <c r="F24">
         <v>73</v>
       </c>
       <c r="H24" t="str">
-        <v>juansaucedo</v>
+        <v>juansauce</v>
       </c>
       <c r="I24">
         <v>16</v>
       </c>
       <c r="J24">
         <v>73</v>
       </c>
       <c r="K24">
         <v>3</v>
       </c>
       <c r="L24">
         <v>6</v>
       </c>
       <c r="M24">
         <v>4</v>
       </c>
       <c r="N24">
         <v>3</v>
       </c>
       <c r="O24">
         <v>2</v>
       </c>
       <c r="P24">
         <v>5</v>
       </c>