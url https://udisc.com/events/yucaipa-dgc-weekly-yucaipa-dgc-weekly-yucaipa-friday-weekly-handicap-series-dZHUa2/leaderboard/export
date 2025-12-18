--- v0 (2025-10-27)
+++ v1 (2025-12-18)
@@ -782,51 +782,51 @@
       <c r="C4">
         <v>-6</v>
       </c>
       <c r="D4">
         <v>-9</v>
       </c>
       <c r="E4" t="str">
         <v>M</v>
       </c>
       <c r="F4" t="str">
         <v>T13</v>
       </c>
       <c r="G4">
         <v>13</v>
       </c>
       <c r="H4" t="str">
         <v>Keaton Brewer</v>
       </c>
       <c r="I4">
         <v>3</v>
       </c>
       <c r="J4">
         <v>60</v>
       </c>
       <c r="L4" t="str">
-        <v>keatonbr</v>
+        <v>keatonbbrewer</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
         <v>60</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
       <c r="Q4">
         <v>3</v>
       </c>
       <c r="R4">
         <v>3</v>
       </c>
       <c r="S4">
         <v>3</v>
       </c>
       <c r="T4">
         <v>3</v>
       </c>
@@ -1967,51 +1967,51 @@
       <c r="C16">
         <v>2</v>
       </c>
       <c r="D16">
         <v>5</v>
       </c>
       <c r="E16" t="str">
         <v>M</v>
       </c>
       <c r="F16" t="str">
         <v>T5</v>
       </c>
       <c r="G16">
         <v>5</v>
       </c>
       <c r="H16" t="str">
         <v xml:space="preserve">Lady Killer </v>
       </c>
       <c r="I16">
         <v>-3</v>
       </c>
       <c r="J16">
         <v>54</v>
       </c>
       <c r="L16" t="str">
-        <v>arfbigbird1</v>
+        <v>ladykiller</v>
       </c>
       <c r="M16">
         <v>-3</v>
       </c>
       <c r="N16">
         <v>54</v>
       </c>
       <c r="O16">
         <v>3</v>
       </c>
       <c r="P16">
         <v>2</v>
       </c>
       <c r="Q16">
         <v>3</v>
       </c>
       <c r="R16">
         <v>3</v>
       </c>
       <c r="S16">
         <v>4</v>
       </c>
       <c r="T16">
         <v>3</v>
       </c>