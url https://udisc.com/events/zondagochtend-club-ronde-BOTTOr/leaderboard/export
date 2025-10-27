--- v0 (2025-10-06)
+++ v1 (2025-10-27)
@@ -1260,50 +1260,53 @@
         <v>2</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>All</v>
       </c>
       <c r="B10" t="str">
         <v>9</v>
       </c>
       <c r="C10">
         <v>9</v>
       </c>
       <c r="D10" t="str">
         <v>Daan van den Nieuwelaar</v>
       </c>
       <c r="E10">
         <v>5</v>
       </c>
       <c r="F10">
         <v>61</v>
       </c>
       <c r="G10">
         <v>1</v>
       </c>
+      <c r="H10">
+        <v>314862</v>
+      </c>
       <c r="I10" t="str">
         <v>daanvdn</v>
       </c>
       <c r="J10">
         <v>5</v>
       </c>
       <c r="K10">
         <v>61</v>
       </c>
       <c r="L10">
         <v>5</v>
       </c>
       <c r="M10">
         <v>3</v>
       </c>
       <c r="N10">
         <v>3</v>
       </c>
       <c r="O10">
         <v>2</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>
       <c r="Q10">