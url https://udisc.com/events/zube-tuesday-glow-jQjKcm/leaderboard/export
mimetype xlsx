--- v0 (2026-02-13)
+++ v1 (2026-03-05)
@@ -3559,51 +3559,51 @@
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>INT B</v>
       </c>
       <c r="B36" t="str">
         <v>11</v>
       </c>
       <c r="C36">
         <v>11</v>
       </c>
       <c r="D36" t="str">
         <v>Mark Ross</v>
       </c>
       <c r="E36">
         <v>-1</v>
       </c>
       <c r="F36">
         <v>55</v>
       </c>
       <c r="G36">
         <v>220208</v>
       </c>
       <c r="H36" t="str">
-        <v>rossconroetx</v>
+        <v>markross78</v>
       </c>
       <c r="I36">
         <v>-1</v>
       </c>
       <c r="J36">
         <v>55</v>
       </c>
       <c r="K36">
         <v>3</v>
       </c>
       <c r="L36">
         <v>4</v>
       </c>
       <c r="M36">
         <v>4</v>
       </c>
       <c r="N36">
         <v>3</v>
       </c>
       <c r="O36">
         <v>3</v>
       </c>
       <c r="P36">
         <v>3</v>
       </c>